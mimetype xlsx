--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -1,128 +1,122 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28429"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <fileVersion appName="xl" lastEdited="4" lowestEdited="6" rupBuild="4505"/>
   <workbookPr codeName="EstaPastaDeTrabalho" defaultThemeVersion="124226"/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="35" documentId="13_ncr:1_{C4852EAF-63F3-4D59-8263-D1D3DD668AFB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{018F66E6-7DC7-452B-8DF0-E424C8875B38}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="977" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-105" yWindow="-105" windowWidth="19425" windowHeight="11505" tabRatio="977" activeTab="1"/>
   </bookViews>
   <sheets>
     <sheet name="ORIENTAÇÕES GERAIS" sheetId="24" r:id="rId1"/>
     <sheet name="COMISSÃO" sheetId="3" r:id="rId2"/>
     <sheet name="DADOS DA AVALIAÇÃO" sheetId="14" r:id="rId3"/>
     <sheet name="CONTEXTUALIZAÇÃO DA IES" sheetId="21" r:id="rId4"/>
     <sheet name="CONTEXTUALIZAÇÃO DO CURSO" sheetId="22" r:id="rId5"/>
     <sheet name="SÍNTESE PRELIMINAR" sheetId="6" r:id="rId6"/>
     <sheet name="ORGANIZAÇÃO DIDÁTICO PEDAGÓGICA" sheetId="16" r:id="rId7"/>
     <sheet name="CORPO DOCENTE E TUTORIAL" sheetId="17" r:id="rId8"/>
     <sheet name="INFRAESTRUTURA" sheetId="18" r:id="rId9"/>
     <sheet name="REQUISITOS LEGAIS" sheetId="19" r:id="rId10"/>
     <sheet name="CONSIDERAÇÕES FINAIS" sheetId="20" r:id="rId11"/>
     <sheet name="Plan1" sheetId="4" r:id="rId12"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="124519"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="A1" i="17" l="1"/>
+  <c r="A1" i="17"/>
   <c r="A1" i="16" l="1"/>
   <c r="A1" i="18" l="1"/>
-  <c r="B7" i="18"/>
+  <c r="B7"/>
   <c r="B4" i="20" s="1"/>
   <c r="B7" i="17"/>
   <c r="B3" i="20" s="1"/>
   <c r="B4" i="17" l="1"/>
   <c r="B4" i="16"/>
   <c r="B4" i="18"/>
-  <c r="B3" i="18"/>
+  <c r="B3"/>
   <c r="B3" i="16"/>
   <c r="B3" i="17" l="1"/>
   <c r="B7" i="16"/>
   <c r="B2" i="20" s="1"/>
-  <c r="B5" i="20" s="1"/>
+  <c r="B5" s="1"/>
   <c r="B5" i="18" s="1"/>
   <c r="B5" i="17" l="1"/>
   <c r="B6" i="20"/>
   <c r="B6" i="16" s="1"/>
-  <c r="B5" i="16"/>
+  <c r="B5"/>
   <c r="B2" i="18"/>
   <c r="B2" i="17"/>
   <c r="B2" i="16"/>
   <c r="B6" i="17" l="1"/>
   <c r="B6" i="18"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="129">
   <si>
     <t>RECONHECIMENTO DE CURSO DE BACHARELADO</t>
   </si>
   <si>
     <t>RECONHECIMENTO DE CURSO DE LICENCIATURA</t>
   </si>
   <si>
     <t>RECONHECIMENTO DE CURSO SUPERIOR DE TECNOLOGIA</t>
   </si>
   <si>
     <t>RENOVAÇÃO DE RECONHECIMENTO DE CURSO DE BACHARELADO</t>
   </si>
   <si>
     <t>RENOVAÇÃO DE RECONHECIMENTO DE CURSO DE LICENCIATURA</t>
   </si>
@@ -2510,52 +2504,52 @@
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <t>Nota Importante:</t>
   </si>
   <si>
     <t>1 - Entregar o relatório de avaliação em meio digital à IES objeto da avaliação in loco, com assinatura digital de todos os avaliadores</t>
   </si>
   <si>
     <t>2 - Encaminhar a planilha preenchida no formato do Excel ao Conselho Estadual de Educação/SC por meio do e-mail superior.cee@sed.sc.gov.br</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="31" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <fonts count="31">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="22"/>
       <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FFFF0000"/>
       <name val="Verdana"/>
       <family val="2"/>
@@ -3491,243 +3485,249 @@
     </xf>
     <xf numFmtId="0" fontId="26" fillId="5" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="5" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="5" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...41 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...38 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
@@ -3825,275 +3825,267 @@
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>163286</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>179614</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>304800</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>179614</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3087" name="Imagem 2" descr="CEE LOGO 2011 mini">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00000F0C0000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{00000000-0008-0000-0200-00000F0C0000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="163286" y="179614"/>
           <a:ext cx="2100943" cy="952500"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
-            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Escritório">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Escritório">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -4266,8598 +4258,8607 @@
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{369A6FC8-6889-42F5-9689-12C189ACB5C7}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <tabColor theme="0"/>
   </sheetPr>
   <dimension ref="A1:A6"/>
   <sheetViews>
     <sheetView topLeftCell="A4" workbookViewId="0">
       <selection activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="154.54296875" style="49" customWidth="1"/>
+    <col min="1" max="1" width="154.5703125" style="49" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" ht="18.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:1" ht="19.5" thickTop="1" thickBot="1">
       <c r="A1" s="47" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="2" spans="1:1" ht="188.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="2" spans="1:1" ht="192.75" thickTop="1" thickBot="1">
       <c r="A2" s="48" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="3" spans="1:1" ht="18.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:1" ht="19.5" thickTop="1" thickBot="1">
       <c r="A3" s="47" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="4" spans="1:1" ht="226" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="1:1" ht="218.25" thickTop="1" thickBot="1">
       <c r="A4" s="48" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="5" spans="1:1" ht="18.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:1" ht="19.5" thickTop="1" thickBot="1">
       <c r="A5" s="47" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="6" spans="1:1" ht="251.5" thickTop="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:1" ht="255.75" thickTop="1">
       <c r="A6" s="48" t="s">
         <v>125</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3CCCA890-D2EB-4426-A9BF-1594CA1BACAA}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D15"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A11" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="A15" sqref="A15"/>
+    <sheetView showGridLines="0" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="108.1796875" style="29" customWidth="1"/>
+    <col min="1" max="1" width="108.140625" style="29" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="129" t="s">
+    <row r="1" spans="1:4" ht="30" customHeight="1" thickBot="1">
+      <c r="A1" s="131" t="s">
         <v>39</v>
       </c>
-      <c r="B1" s="130"/>
-[...4 lines deleted...]
-      <c r="A2" s="132" t="s">
+      <c r="B1" s="132"/>
+      <c r="C1" s="132"/>
+      <c r="D1" s="133"/>
+    </row>
+    <row r="2" spans="1:4" s="30" customFormat="1" ht="30" customHeight="1" thickBot="1">
+      <c r="A2" s="134" t="s">
         <v>108</v>
       </c>
-      <c r="B2" s="133"/>
-[...3 lines deleted...]
-    <row r="3" spans="1:4" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B2" s="135"/>
+      <c r="C2" s="135"/>
+      <c r="D2" s="136"/>
+    </row>
+    <row r="3" spans="1:4" ht="30" customHeight="1" thickBot="1">
       <c r="A3" s="22" t="s">
         <v>58</v>
       </c>
       <c r="B3" s="27" t="s">
         <v>40</v>
       </c>
       <c r="C3" s="31" t="s">
         <v>59</v>
       </c>
       <c r="D3" s="27" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="4" spans="1:4" ht="55" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:4" ht="54.95" customHeight="1">
       <c r="A4" s="39" t="s">
         <v>109</v>
       </c>
-      <c r="B4" s="127"/>
-[...3 lines deleted...]
-    <row r="5" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B4" s="129"/>
+      <c r="C4" s="138"/>
+      <c r="D4" s="138"/>
+    </row>
+    <row r="5" spans="1:4" ht="15" customHeight="1">
       <c r="A5" s="36" t="s">
         <v>60</v>
       </c>
-      <c r="B5" s="127"/>
-[...3 lines deleted...]
-    <row r="6" spans="1:4" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="129"/>
+      <c r="C5" s="139"/>
+      <c r="D5" s="139"/>
+    </row>
+    <row r="6" spans="1:4" ht="15.75" thickBot="1">
       <c r="A6" s="37"/>
-      <c r="B6" s="128"/>
-[...3 lines deleted...]
-    <row r="7" spans="1:4" ht="95.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B6" s="130"/>
+      <c r="C6" s="140"/>
+      <c r="D6" s="140"/>
+    </row>
+    <row r="7" spans="1:4" ht="95.1" customHeight="1">
       <c r="A7" s="39" t="s">
         <v>110</v>
       </c>
-      <c r="B7" s="135"/>
-[...3 lines deleted...]
-    <row r="8" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B7" s="137"/>
+      <c r="C7" s="138"/>
+      <c r="D7" s="138"/>
+    </row>
+    <row r="8" spans="1:4" ht="15" customHeight="1">
       <c r="A8" s="36" t="s">
         <v>60</v>
       </c>
-      <c r="B8" s="127"/>
-[...3 lines deleted...]
-    <row r="9" spans="1:4" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="129"/>
+      <c r="C8" s="139"/>
+      <c r="D8" s="139"/>
+    </row>
+    <row r="9" spans="1:4" ht="15.75" thickBot="1">
       <c r="A9" s="37"/>
-      <c r="B9" s="128"/>
-[...3 lines deleted...]
-    <row r="10" spans="1:4" ht="70" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B9" s="130"/>
+      <c r="C9" s="140"/>
+      <c r="D9" s="140"/>
+    </row>
+    <row r="10" spans="1:4" ht="69.95" customHeight="1">
       <c r="A10" s="39" t="s">
         <v>111</v>
       </c>
-      <c r="B10" s="127"/>
-[...3 lines deleted...]
-    <row r="11" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B10" s="129"/>
+      <c r="C10" s="138"/>
+      <c r="D10" s="138"/>
+    </row>
+    <row r="11" spans="1:4" ht="15" customHeight="1">
       <c r="A11" s="36" t="s">
         <v>60</v>
       </c>
-      <c r="B11" s="127"/>
-[...3 lines deleted...]
-    <row r="12" spans="1:4" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B11" s="129"/>
+      <c r="C11" s="139"/>
+      <c r="D11" s="139"/>
+    </row>
+    <row r="12" spans="1:4" ht="15.75" thickBot="1">
       <c r="A12" s="37"/>
-      <c r="B12" s="128"/>
-[...3 lines deleted...]
-    <row r="13" spans="1:4" ht="105" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B12" s="130"/>
+      <c r="C12" s="140"/>
+      <c r="D12" s="140"/>
+    </row>
+    <row r="13" spans="1:4" ht="105" customHeight="1">
       <c r="A13" s="39" t="s">
         <v>112</v>
       </c>
-      <c r="B13" s="127"/>
-[...3 lines deleted...]
-    <row r="14" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B13" s="129"/>
+      <c r="C13" s="138"/>
+      <c r="D13" s="138"/>
+    </row>
+    <row r="14" spans="1:4" ht="15" customHeight="1">
       <c r="A14" s="36" t="s">
         <v>60</v>
       </c>
-      <c r="B14" s="127"/>
-[...3 lines deleted...]
-    <row r="15" spans="1:4" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="129"/>
+      <c r="C14" s="139"/>
+      <c r="D14" s="139"/>
+    </row>
+    <row r="15" spans="1:4" ht="15.75" thickBot="1">
       <c r="A15" s="37"/>
-      <c r="B15" s="128"/>
-[...1 lines deleted...]
-      <c r="D15" s="138"/>
+      <c r="B15" s="130"/>
+      <c r="C15" s="140"/>
+      <c r="D15" s="140"/>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="B13:B15"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="B4:B6"/>
     <mergeCell ref="B7:B9"/>
     <mergeCell ref="B10:B12"/>
     <mergeCell ref="C4:C6"/>
     <mergeCell ref="D4:D6"/>
     <mergeCell ref="C7:C9"/>
     <mergeCell ref="D7:D9"/>
     <mergeCell ref="C10:C12"/>
     <mergeCell ref="D10:D12"/>
     <mergeCell ref="C13:C15"/>
     <mergeCell ref="D13:D15"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6724D504-85F7-4228-B817-39B58154937F}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:B63"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C9" sqref="C9"/>
+    <sheetView topLeftCell="A8" workbookViewId="0">
+      <selection activeCell="A8" sqref="A8:B28"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="17.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="18"/>
   <cols>
-    <col min="1" max="1" width="117.453125" style="29" customWidth="1"/>
-    <col min="2" max="2" width="17.1796875" style="28" customWidth="1"/>
+    <col min="1" max="1" width="117.42578125" style="29" customWidth="1"/>
+    <col min="2" max="2" width="17.140625" style="28" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="139" t="s">
+    <row r="1" spans="1:2" ht="30" customHeight="1" thickBot="1">
+      <c r="A1" s="141" t="s">
         <v>20</v>
       </c>
-      <c r="B1" s="140"/>
-[...1 lines deleted...]
-    <row r="2" spans="1:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B1" s="142"/>
+    </row>
+    <row r="2" spans="1:2" ht="30" customHeight="1" thickBot="1">
       <c r="A2" s="21" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="26">
         <f>'ORGANIZAÇÃO DIDÁTICO PEDAGÓGICA'!B7</f>
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:2" ht="30" customHeight="1" thickBot="1">
       <c r="A3" s="21" t="s">
         <v>55</v>
       </c>
       <c r="B3" s="26">
         <f>'CORPO DOCENTE E TUTORIAL'!B7</f>
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="1:2" ht="30" customHeight="1" thickBot="1">
       <c r="A4" s="21" t="s">
         <v>19</v>
       </c>
       <c r="B4" s="26">
         <f>INFRAESTRUTURA!B7</f>
         <v>1</v>
       </c>
     </row>
-    <row r="5" spans="1:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:2" ht="30" customHeight="1" thickBot="1">
       <c r="A5" s="24" t="s">
         <v>65</v>
       </c>
       <c r="B5" s="32">
         <f>IF(COMISSÃO!A14="&lt; CLICAR na seta ao lado e SELECIONAR o objeto da AVALIAÇÃO &gt;",0,IF(COMISSÃO!A14="AUTORIZAÇÃO DE CURSO",B2*0.4+B3*0.2+B4*0.4,B2*0.3+B3*0.4+B4*0.3))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:2" ht="30" customHeight="1" thickBot="1">
       <c r="A6" s="24" t="s">
         <v>66</v>
       </c>
       <c r="B6" s="33">
         <f>ROUND(B5,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A7" s="129" t="s">
+    <row r="7" spans="1:2" ht="30" customHeight="1" thickBot="1">
+      <c r="A7" s="131" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="131"/>
-[...2 lines deleted...]
-      <c r="A8" s="141" t="s">
+      <c r="B7" s="133"/>
+    </row>
+    <row r="8" spans="1:2" ht="15" customHeight="1">
+      <c r="A8" s="143" t="s">
         <v>113</v>
       </c>
-      <c r="B8" s="142"/>
-[...82 lines deleted...]
-      <c r="A29" s="129" t="s">
+      <c r="B8" s="144"/>
+    </row>
+    <row r="9" spans="1:2" ht="15" customHeight="1">
+      <c r="A9" s="145"/>
+      <c r="B9" s="146"/>
+    </row>
+    <row r="10" spans="1:2" ht="15" customHeight="1">
+      <c r="A10" s="145"/>
+      <c r="B10" s="146"/>
+    </row>
+    <row r="11" spans="1:2" ht="15" customHeight="1">
+      <c r="A11" s="145"/>
+      <c r="B11" s="146"/>
+    </row>
+    <row r="12" spans="1:2" ht="15" customHeight="1">
+      <c r="A12" s="145"/>
+      <c r="B12" s="146"/>
+    </row>
+    <row r="13" spans="1:2" ht="15" customHeight="1">
+      <c r="A13" s="145"/>
+      <c r="B13" s="146"/>
+    </row>
+    <row r="14" spans="1:2" ht="15" customHeight="1">
+      <c r="A14" s="145"/>
+      <c r="B14" s="146"/>
+    </row>
+    <row r="15" spans="1:2" ht="15" customHeight="1">
+      <c r="A15" s="145"/>
+      <c r="B15" s="146"/>
+    </row>
+    <row r="16" spans="1:2" ht="15" customHeight="1">
+      <c r="A16" s="145"/>
+      <c r="B16" s="146"/>
+    </row>
+    <row r="17" spans="1:2" ht="15" customHeight="1">
+      <c r="A17" s="145"/>
+      <c r="B17" s="146"/>
+    </row>
+    <row r="18" spans="1:2" ht="15" customHeight="1">
+      <c r="A18" s="145"/>
+      <c r="B18" s="146"/>
+    </row>
+    <row r="19" spans="1:2" ht="15" customHeight="1">
+      <c r="A19" s="145"/>
+      <c r="B19" s="146"/>
+    </row>
+    <row r="20" spans="1:2" ht="15" customHeight="1">
+      <c r="A20" s="145"/>
+      <c r="B20" s="146"/>
+    </row>
+    <row r="21" spans="1:2" ht="15" customHeight="1">
+      <c r="A21" s="145"/>
+      <c r="B21" s="146"/>
+    </row>
+    <row r="22" spans="1:2" ht="15" customHeight="1">
+      <c r="A22" s="145"/>
+      <c r="B22" s="146"/>
+    </row>
+    <row r="23" spans="1:2" ht="15" customHeight="1">
+      <c r="A23" s="145"/>
+      <c r="B23" s="146"/>
+    </row>
+    <row r="24" spans="1:2" ht="15" customHeight="1">
+      <c r="A24" s="145"/>
+      <c r="B24" s="146"/>
+    </row>
+    <row r="25" spans="1:2" ht="15" customHeight="1">
+      <c r="A25" s="145"/>
+      <c r="B25" s="146"/>
+    </row>
+    <row r="26" spans="1:2" ht="15" customHeight="1">
+      <c r="A26" s="145"/>
+      <c r="B26" s="146"/>
+    </row>
+    <row r="27" spans="1:2" ht="15" customHeight="1">
+      <c r="A27" s="145"/>
+      <c r="B27" s="146"/>
+    </row>
+    <row r="28" spans="1:2" ht="15" customHeight="1" thickBot="1">
+      <c r="A28" s="147"/>
+      <c r="B28" s="148"/>
+    </row>
+    <row r="29" spans="1:2" ht="30" customHeight="1" thickBot="1">
+      <c r="A29" s="131" t="s">
         <v>22</v>
       </c>
-      <c r="B29" s="131"/>
-[...135 lines deleted...]
-      <c r="B63" s="151"/>
+      <c r="B29" s="133"/>
+    </row>
+    <row r="30" spans="1:2" ht="15">
+      <c r="A30" s="143"/>
+      <c r="B30" s="149"/>
+    </row>
+    <row r="31" spans="1:2" ht="15">
+      <c r="A31" s="150"/>
+      <c r="B31" s="151"/>
+    </row>
+    <row r="32" spans="1:2" ht="15">
+      <c r="A32" s="150"/>
+      <c r="B32" s="151"/>
+    </row>
+    <row r="33" spans="1:2" ht="15">
+      <c r="A33" s="150"/>
+      <c r="B33" s="151"/>
+    </row>
+    <row r="34" spans="1:2" ht="15">
+      <c r="A34" s="150"/>
+      <c r="B34" s="151"/>
+    </row>
+    <row r="35" spans="1:2" ht="15">
+      <c r="A35" s="150"/>
+      <c r="B35" s="151"/>
+    </row>
+    <row r="36" spans="1:2" ht="15">
+      <c r="A36" s="150"/>
+      <c r="B36" s="151"/>
+    </row>
+    <row r="37" spans="1:2" ht="15">
+      <c r="A37" s="150"/>
+      <c r="B37" s="151"/>
+    </row>
+    <row r="38" spans="1:2" ht="15">
+      <c r="A38" s="150"/>
+      <c r="B38" s="151"/>
+    </row>
+    <row r="39" spans="1:2" ht="15">
+      <c r="A39" s="150"/>
+      <c r="B39" s="151"/>
+    </row>
+    <row r="40" spans="1:2" ht="15">
+      <c r="A40" s="150"/>
+      <c r="B40" s="151"/>
+    </row>
+    <row r="41" spans="1:2" ht="15">
+      <c r="A41" s="150"/>
+      <c r="B41" s="151"/>
+    </row>
+    <row r="42" spans="1:2" ht="15">
+      <c r="A42" s="150"/>
+      <c r="B42" s="151"/>
+    </row>
+    <row r="43" spans="1:2" ht="15">
+      <c r="A43" s="150"/>
+      <c r="B43" s="151"/>
+    </row>
+    <row r="44" spans="1:2" ht="15">
+      <c r="A44" s="150"/>
+      <c r="B44" s="151"/>
+    </row>
+    <row r="45" spans="1:2" ht="15">
+      <c r="A45" s="150"/>
+      <c r="B45" s="151"/>
+    </row>
+    <row r="46" spans="1:2" ht="15">
+      <c r="A46" s="150"/>
+      <c r="B46" s="151"/>
+    </row>
+    <row r="47" spans="1:2" ht="15">
+      <c r="A47" s="150"/>
+      <c r="B47" s="151"/>
+    </row>
+    <row r="48" spans="1:2" ht="15">
+      <c r="A48" s="150"/>
+      <c r="B48" s="151"/>
+    </row>
+    <row r="49" spans="1:2" ht="15">
+      <c r="A49" s="150"/>
+      <c r="B49" s="151"/>
+    </row>
+    <row r="50" spans="1:2" ht="15">
+      <c r="A50" s="150"/>
+      <c r="B50" s="151"/>
+    </row>
+    <row r="51" spans="1:2" ht="15">
+      <c r="A51" s="150"/>
+      <c r="B51" s="151"/>
+    </row>
+    <row r="52" spans="1:2" ht="15">
+      <c r="A52" s="150"/>
+      <c r="B52" s="151"/>
+    </row>
+    <row r="53" spans="1:2" ht="15">
+      <c r="A53" s="150"/>
+      <c r="B53" s="151"/>
+    </row>
+    <row r="54" spans="1:2" ht="15">
+      <c r="A54" s="150"/>
+      <c r="B54" s="151"/>
+    </row>
+    <row r="55" spans="1:2" ht="15">
+      <c r="A55" s="150"/>
+      <c r="B55" s="151"/>
+    </row>
+    <row r="56" spans="1:2" ht="15">
+      <c r="A56" s="150"/>
+      <c r="B56" s="151"/>
+    </row>
+    <row r="57" spans="1:2" ht="15">
+      <c r="A57" s="150"/>
+      <c r="B57" s="151"/>
+    </row>
+    <row r="58" spans="1:2" ht="15">
+      <c r="A58" s="150"/>
+      <c r="B58" s="151"/>
+    </row>
+    <row r="59" spans="1:2" ht="15">
+      <c r="A59" s="150"/>
+      <c r="B59" s="151"/>
+    </row>
+    <row r="60" spans="1:2" ht="15">
+      <c r="A60" s="150"/>
+      <c r="B60" s="151"/>
+    </row>
+    <row r="61" spans="1:2" ht="15">
+      <c r="A61" s="150"/>
+      <c r="B61" s="151"/>
+    </row>
+    <row r="62" spans="1:2" ht="18" customHeight="1">
+      <c r="A62" s="150"/>
+      <c r="B62" s="151"/>
+    </row>
+    <row r="63" spans="1:2" ht="18" customHeight="1" thickBot="1">
+      <c r="A63" s="152"/>
+      <c r="B63" s="153"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="A8:B28"/>
     <mergeCell ref="A29:B29"/>
     <mergeCell ref="A30:B63"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr codeName="Planilha11"/>
   <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A18" sqref="A18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="72.1796875" style="8" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="15.453125" customWidth="1"/>
+    <col min="1" max="1" width="72.140625" style="8" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="33.42578125" customWidth="1"/>
+    <col min="3" max="3" width="25.42578125" customWidth="1"/>
+    <col min="4" max="4" width="15.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B1" t="s">
         <v>120</v>
       </c>
       <c r="C1" t="s">
         <v>55</v>
       </c>
       <c r="D1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:4">
       <c r="A2" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B2" s="46">
         <v>0.4</v>
       </c>
       <c r="C2" s="46">
         <v>0.2</v>
       </c>
       <c r="D2" s="46">
         <v>0.4</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:4">
       <c r="A3" s="8" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="46">
         <v>0.3</v>
       </c>
       <c r="C3" s="46">
         <v>0.4</v>
       </c>
       <c r="D3" s="46">
         <v>0.3</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:4">
       <c r="A4" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="46">
         <v>0.3</v>
       </c>
       <c r="C4" s="46">
         <v>0.4</v>
       </c>
       <c r="D4" s="46">
         <v>0.3</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:4">
       <c r="A5" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="46">
         <v>0.3</v>
       </c>
       <c r="C5" s="46">
         <v>0.4</v>
       </c>
       <c r="D5" s="46">
         <v>0.3</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:4">
       <c r="A6" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="46">
         <v>0.3</v>
       </c>
       <c r="C6" s="46">
         <v>0.4</v>
       </c>
       <c r="D6" s="46">
         <v>0.3</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:4">
       <c r="A7" s="8" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="46">
         <v>0.3</v>
       </c>
       <c r="C7" s="46">
         <v>0.4</v>
       </c>
       <c r="D7" s="46">
         <v>0.3</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:4">
       <c r="A8" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="46">
         <v>0.3</v>
       </c>
       <c r="C8" s="46">
         <v>0.4</v>
       </c>
       <c r="D8" s="46">
         <v>0.3</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr codeName="Planilha2">
     <tabColor theme="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:T39"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A12" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="R30" sqref="R30"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A18" workbookViewId="0">
+      <selection activeCell="Q31" sqref="Q31"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="15" width="9.1796875" customWidth="1"/>
+    <col min="1" max="15" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="15" thickTop="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:15" ht="15.75" thickTop="1">
       <c r="A1" s="2"/>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="4"/>
     </row>
-    <row r="2" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:15" ht="15" customHeight="1">
       <c r="A2" s="5"/>
       <c r="D2" s="7"/>
-      <c r="E2" s="50" t="s">
+      <c r="E2" s="52" t="s">
         <v>24</v>
       </c>
-      <c r="F2" s="50"/>
-[...10 lines deleted...]
-    <row r="3" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="F2" s="52"/>
+      <c r="G2" s="52"/>
+      <c r="H2" s="52"/>
+      <c r="I2" s="52"/>
+      <c r="J2" s="52"/>
+      <c r="K2" s="52"/>
+      <c r="L2" s="52"/>
+      <c r="M2" s="52"/>
+      <c r="N2" s="52"/>
+      <c r="O2" s="53"/>
+    </row>
+    <row r="3" spans="1:15" ht="15" customHeight="1">
       <c r="A3" s="5"/>
       <c r="D3" s="7"/>
-      <c r="E3" s="50"/>
-[...11 lines deleted...]
-    <row r="4" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="E3" s="52"/>
+      <c r="F3" s="52"/>
+      <c r="G3" s="52"/>
+      <c r="H3" s="52"/>
+      <c r="I3" s="52"/>
+      <c r="J3" s="52"/>
+      <c r="K3" s="52"/>
+      <c r="L3" s="52"/>
+      <c r="M3" s="52"/>
+      <c r="N3" s="52"/>
+      <c r="O3" s="53"/>
+    </row>
+    <row r="4" spans="1:15" ht="15" customHeight="1">
       <c r="A4" s="5"/>
       <c r="D4" s="7"/>
-      <c r="E4" s="50"/>
-[...11 lines deleted...]
-    <row r="5" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="E4" s="52"/>
+      <c r="F4" s="52"/>
+      <c r="G4" s="52"/>
+      <c r="H4" s="52"/>
+      <c r="I4" s="52"/>
+      <c r="J4" s="52"/>
+      <c r="K4" s="52"/>
+      <c r="L4" s="52"/>
+      <c r="M4" s="52"/>
+      <c r="N4" s="52"/>
+      <c r="O4" s="53"/>
+    </row>
+    <row r="5" spans="1:15" ht="15" customHeight="1">
       <c r="A5" s="5"/>
       <c r="D5" s="7"/>
-      <c r="E5" s="50"/>
-[...11 lines deleted...]
-    <row r="6" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="E5" s="52"/>
+      <c r="F5" s="52"/>
+      <c r="G5" s="52"/>
+      <c r="H5" s="52"/>
+      <c r="I5" s="52"/>
+      <c r="J5" s="52"/>
+      <c r="K5" s="52"/>
+      <c r="L5" s="52"/>
+      <c r="M5" s="52"/>
+      <c r="N5" s="52"/>
+      <c r="O5" s="53"/>
+    </row>
+    <row r="6" spans="1:15" ht="15" customHeight="1">
       <c r="A6" s="5"/>
       <c r="D6" s="7"/>
-      <c r="E6" s="50"/>
-[...11 lines deleted...]
-    <row r="7" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="E6" s="52"/>
+      <c r="F6" s="52"/>
+      <c r="G6" s="52"/>
+      <c r="H6" s="52"/>
+      <c r="I6" s="52"/>
+      <c r="J6" s="52"/>
+      <c r="K6" s="52"/>
+      <c r="L6" s="52"/>
+      <c r="M6" s="52"/>
+      <c r="N6" s="52"/>
+      <c r="O6" s="53"/>
+    </row>
+    <row r="7" spans="1:15">
       <c r="A7" s="5"/>
       <c r="O7" s="6"/>
     </row>
-    <row r="8" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:15">
       <c r="A8" s="5"/>
       <c r="O8" s="6"/>
     </row>
-    <row r="9" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:15" ht="15" customHeight="1">
       <c r="A9" s="5"/>
       <c r="B9" s="9"/>
-      <c r="C9" s="59" t="s">
+      <c r="C9" s="61" t="s">
         <v>23</v>
       </c>
-      <c r="D9" s="59"/>
-[...8 lines deleted...]
-      <c r="M9" s="59"/>
+      <c r="D9" s="61"/>
+      <c r="E9" s="61"/>
+      <c r="F9" s="61"/>
+      <c r="G9" s="61"/>
+      <c r="H9" s="61"/>
+      <c r="I9" s="61"/>
+      <c r="J9" s="61"/>
+      <c r="K9" s="61"/>
+      <c r="L9" s="61"/>
+      <c r="M9" s="61"/>
       <c r="N9" s="9"/>
       <c r="O9" s="6"/>
     </row>
-    <row r="10" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:15" ht="15" customHeight="1">
       <c r="A10" s="5"/>
       <c r="B10" s="9"/>
-      <c r="C10" s="59"/>
-[...9 lines deleted...]
-      <c r="M10" s="59"/>
+      <c r="C10" s="61"/>
+      <c r="D10" s="61"/>
+      <c r="E10" s="61"/>
+      <c r="F10" s="61"/>
+      <c r="G10" s="61"/>
+      <c r="H10" s="61"/>
+      <c r="I10" s="61"/>
+      <c r="J10" s="61"/>
+      <c r="K10" s="61"/>
+      <c r="L10" s="61"/>
+      <c r="M10" s="61"/>
       <c r="N10" s="9"/>
       <c r="O10" s="6"/>
     </row>
-    <row r="11" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="60" t="s">
+    <row r="11" spans="1:15" ht="15" customHeight="1">
+      <c r="A11" s="62" t="s">
         <v>122</v>
       </c>
-      <c r="B11" s="61"/>
-[...31 lines deleted...]
-    <row r="13" spans="1:15" ht="19.5" x14ac:dyDescent="0.35">
+      <c r="B11" s="63"/>
+      <c r="C11" s="63"/>
+      <c r="D11" s="63"/>
+      <c r="E11" s="63"/>
+      <c r="F11" s="63"/>
+      <c r="G11" s="63"/>
+      <c r="H11" s="63"/>
+      <c r="I11" s="63"/>
+      <c r="J11" s="63"/>
+      <c r="K11" s="63"/>
+      <c r="L11" s="63"/>
+      <c r="M11" s="63"/>
+      <c r="N11" s="63"/>
+      <c r="O11" s="64"/>
+    </row>
+    <row r="12" spans="1:15" ht="15" customHeight="1">
+      <c r="A12" s="62"/>
+      <c r="B12" s="63"/>
+      <c r="C12" s="63"/>
+      <c r="D12" s="63"/>
+      <c r="E12" s="63"/>
+      <c r="F12" s="63"/>
+      <c r="G12" s="63"/>
+      <c r="H12" s="63"/>
+      <c r="I12" s="63"/>
+      <c r="J12" s="63"/>
+      <c r="K12" s="63"/>
+      <c r="L12" s="63"/>
+      <c r="M12" s="63"/>
+      <c r="N12" s="63"/>
+      <c r="O12" s="64"/>
+    </row>
+    <row r="13" spans="1:15" ht="19.5">
       <c r="A13" s="18"/>
       <c r="B13" s="19"/>
       <c r="C13" s="19"/>
       <c r="D13" s="19"/>
       <c r="E13" s="19"/>
       <c r="F13" s="19"/>
       <c r="G13" s="19"/>
       <c r="H13" s="19"/>
       <c r="I13" s="19"/>
       <c r="J13" s="19"/>
       <c r="K13" s="19"/>
       <c r="L13" s="19"/>
       <c r="M13" s="19"/>
       <c r="N13" s="19"/>
       <c r="O13" s="20"/>
     </row>
-    <row r="14" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A14" s="52" t="s">
+    <row r="14" spans="1:15" ht="15" customHeight="1">
+      <c r="A14" s="54" t="s">
         <v>46</v>
       </c>
-      <c r="B14" s="53"/>
-[...31 lines deleted...]
-    <row r="16" spans="1:15" ht="19.5" x14ac:dyDescent="0.35">
+      <c r="B14" s="55"/>
+      <c r="C14" s="55"/>
+      <c r="D14" s="55"/>
+      <c r="E14" s="55"/>
+      <c r="F14" s="55"/>
+      <c r="G14" s="55"/>
+      <c r="H14" s="55"/>
+      <c r="I14" s="55"/>
+      <c r="J14" s="55"/>
+      <c r="K14" s="55"/>
+      <c r="L14" s="55"/>
+      <c r="M14" s="55"/>
+      <c r="N14" s="55"/>
+      <c r="O14" s="56"/>
+    </row>
+    <row r="15" spans="1:15">
+      <c r="A15" s="54"/>
+      <c r="B15" s="55"/>
+      <c r="C15" s="55"/>
+      <c r="D15" s="55"/>
+      <c r="E15" s="55"/>
+      <c r="F15" s="55"/>
+      <c r="G15" s="55"/>
+      <c r="H15" s="55"/>
+      <c r="I15" s="55"/>
+      <c r="J15" s="55"/>
+      <c r="K15" s="55"/>
+      <c r="L15" s="55"/>
+      <c r="M15" s="55"/>
+      <c r="N15" s="55"/>
+      <c r="O15" s="56"/>
+    </row>
+    <row r="16" spans="1:15" ht="19.5">
       <c r="A16" s="18"/>
       <c r="B16" s="19"/>
       <c r="C16" s="19"/>
       <c r="D16" s="19"/>
       <c r="E16" s="19"/>
       <c r="F16" s="19"/>
       <c r="G16" s="19"/>
       <c r="H16" s="19"/>
       <c r="I16" s="19"/>
       <c r="J16" s="19"/>
       <c r="K16" s="19"/>
       <c r="L16" s="19"/>
       <c r="M16" s="19"/>
       <c r="N16" s="19"/>
       <c r="O16" s="20"/>
     </row>
-    <row r="17" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A17" s="60" t="s">
+    <row r="17" spans="1:20" ht="15" customHeight="1">
+      <c r="A17" s="62" t="s">
         <v>121</v>
       </c>
-      <c r="B17" s="61"/>
-[...31 lines deleted...]
-    <row r="19" spans="1:20" x14ac:dyDescent="0.35">
+      <c r="B17" s="63"/>
+      <c r="C17" s="63"/>
+      <c r="D17" s="63"/>
+      <c r="E17" s="63"/>
+      <c r="F17" s="63"/>
+      <c r="G17" s="63"/>
+      <c r="H17" s="63"/>
+      <c r="I17" s="63"/>
+      <c r="J17" s="63"/>
+      <c r="K17" s="63"/>
+      <c r="L17" s="63"/>
+      <c r="M17" s="63"/>
+      <c r="N17" s="63"/>
+      <c r="O17" s="64"/>
+    </row>
+    <row r="18" spans="1:20" ht="15" customHeight="1">
+      <c r="A18" s="62"/>
+      <c r="B18" s="63"/>
+      <c r="C18" s="63"/>
+      <c r="D18" s="63"/>
+      <c r="E18" s="63"/>
+      <c r="F18" s="63"/>
+      <c r="G18" s="63"/>
+      <c r="H18" s="63"/>
+      <c r="I18" s="63"/>
+      <c r="J18" s="63"/>
+      <c r="K18" s="63"/>
+      <c r="L18" s="63"/>
+      <c r="M18" s="63"/>
+      <c r="N18" s="63"/>
+      <c r="O18" s="64"/>
+    </row>
+    <row r="19" spans="1:20">
       <c r="A19" s="5"/>
       <c r="O19" s="6"/>
     </row>
-    <row r="20" spans="1:20" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:20">
       <c r="A20" s="5"/>
       <c r="O20" s="6"/>
     </row>
-    <row r="21" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="21" spans="1:20" ht="15" customHeight="1">
       <c r="A21" s="5"/>
-      <c r="B21" s="56" t="s">
+      <c r="B21" s="58" t="s">
         <v>43</v>
       </c>
-      <c r="C21" s="56"/>
-[...5 lines deleted...]
-      <c r="I21" s="58" t="s">
+      <c r="C21" s="58"/>
+      <c r="D21" s="58"/>
+      <c r="E21" s="58"/>
+      <c r="F21" s="58"/>
+      <c r="G21" s="58"/>
+      <c r="H21" s="58"/>
+      <c r="I21" s="60" t="s">
         <v>44</v>
       </c>
-      <c r="J21" s="58"/>
-[...3 lines deleted...]
-      <c r="N21" s="58"/>
+      <c r="J21" s="60"/>
+      <c r="K21" s="60"/>
+      <c r="L21" s="60"/>
+      <c r="M21" s="60"/>
+      <c r="N21" s="60"/>
       <c r="O21" s="16"/>
     </row>
-    <row r="22" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="22" spans="1:20" ht="15" customHeight="1">
       <c r="A22" s="5"/>
-      <c r="B22" s="56"/>
-[...11 lines deleted...]
-      <c r="N22" s="58"/>
+      <c r="B22" s="58"/>
+      <c r="C22" s="58"/>
+      <c r="D22" s="58"/>
+      <c r="E22" s="58"/>
+      <c r="F22" s="58"/>
+      <c r="G22" s="58"/>
+      <c r="H22" s="58"/>
+      <c r="I22" s="60"/>
+      <c r="J22" s="60"/>
+      <c r="K22" s="60"/>
+      <c r="L22" s="60"/>
+      <c r="M22" s="60"/>
+      <c r="N22" s="60"/>
       <c r="O22" s="16"/>
     </row>
-    <row r="23" spans="1:20" ht="18.5" x14ac:dyDescent="0.45">
+    <row r="23" spans="1:20" ht="18.75">
       <c r="A23" s="5"/>
       <c r="B23" s="17"/>
       <c r="C23" s="17"/>
       <c r="D23" s="17"/>
       <c r="E23" s="17"/>
       <c r="F23" s="17"/>
       <c r="G23" s="17"/>
       <c r="H23" s="17"/>
       <c r="I23" s="17"/>
       <c r="J23" s="17"/>
       <c r="K23" s="17"/>
       <c r="L23" s="17"/>
       <c r="M23" s="17"/>
       <c r="N23" s="17"/>
       <c r="O23" s="16"/>
     </row>
-    <row r="24" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:20" ht="15" customHeight="1">
       <c r="A24" s="5"/>
-      <c r="B24" s="56" t="s">
+      <c r="B24" s="58" t="s">
         <v>5</v>
       </c>
-      <c r="C24" s="56"/>
-[...1 lines deleted...]
-      <c r="E24" s="57" t="s">
+      <c r="C24" s="58"/>
+      <c r="D24" s="58"/>
+      <c r="E24" s="59" t="s">
         <v>45</v>
       </c>
-      <c r="F24" s="57"/>
-[...7 lines deleted...]
-      <c r="N24" s="57"/>
+      <c r="F24" s="59"/>
+      <c r="G24" s="59"/>
+      <c r="H24" s="59"/>
+      <c r="I24" s="59"/>
+      <c r="J24" s="59"/>
+      <c r="K24" s="59"/>
+      <c r="L24" s="59"/>
+      <c r="M24" s="59"/>
+      <c r="N24" s="59"/>
       <c r="O24" s="25"/>
     </row>
-    <row r="25" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:20" ht="15" customHeight="1">
       <c r="A25" s="5"/>
-      <c r="B25" s="56"/>
-[...11 lines deleted...]
-      <c r="N25" s="57"/>
+      <c r="B25" s="58"/>
+      <c r="C25" s="58"/>
+      <c r="D25" s="58"/>
+      <c r="E25" s="59"/>
+      <c r="F25" s="59"/>
+      <c r="G25" s="59"/>
+      <c r="H25" s="59"/>
+      <c r="I25" s="59"/>
+      <c r="J25" s="59"/>
+      <c r="K25" s="59"/>
+      <c r="L25" s="59"/>
+      <c r="M25" s="59"/>
+      <c r="N25" s="59"/>
       <c r="O25" s="25"/>
     </row>
-    <row r="26" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="26" spans="1:20" ht="15" customHeight="1">
       <c r="A26" s="5"/>
       <c r="B26" s="17"/>
       <c r="C26" s="17"/>
       <c r="D26" s="17"/>
-      <c r="E26" s="57" t="s">
+      <c r="E26" s="59" t="s">
         <v>45</v>
       </c>
-      <c r="F26" s="57"/>
-[...7 lines deleted...]
-      <c r="N26" s="57"/>
+      <c r="F26" s="59"/>
+      <c r="G26" s="59"/>
+      <c r="H26" s="59"/>
+      <c r="I26" s="59"/>
+      <c r="J26" s="59"/>
+      <c r="K26" s="59"/>
+      <c r="L26" s="59"/>
+      <c r="M26" s="59"/>
+      <c r="N26" s="59"/>
       <c r="O26" s="25"/>
     </row>
-    <row r="27" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="27" spans="1:20" ht="15" customHeight="1">
       <c r="A27" s="5"/>
       <c r="B27" s="17"/>
       <c r="C27" s="17"/>
       <c r="D27" s="17"/>
-      <c r="E27" s="57"/>
-[...8 lines deleted...]
-      <c r="N27" s="57"/>
+      <c r="E27" s="59"/>
+      <c r="F27" s="59"/>
+      <c r="G27" s="59"/>
+      <c r="H27" s="59"/>
+      <c r="I27" s="59"/>
+      <c r="J27" s="59"/>
+      <c r="K27" s="59"/>
+      <c r="L27" s="59"/>
+      <c r="M27" s="59"/>
+      <c r="N27" s="59"/>
       <c r="O27" s="25"/>
     </row>
-    <row r="28" spans="1:20" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:20">
       <c r="A28" s="5"/>
       <c r="O28" s="6"/>
     </row>
-    <row r="29" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:20" ht="15" customHeight="1">
       <c r="A29" s="5"/>
-      <c r="B29" s="55" t="s">
+      <c r="B29" s="57" t="s">
         <v>6</v>
       </c>
-      <c r="C29" s="55"/>
-[...6 lines deleted...]
-      <c r="J29" s="57" t="s">
+      <c r="C29" s="57"/>
+      <c r="D29" s="57"/>
+      <c r="E29" s="57"/>
+      <c r="F29" s="57"/>
+      <c r="G29" s="57"/>
+      <c r="H29" s="57"/>
+      <c r="I29" s="57"/>
+      <c r="J29" s="59" t="s">
         <v>61</v>
       </c>
-      <c r="K29" s="57"/>
-[...2 lines deleted...]
-      <c r="N29" s="57"/>
+      <c r="K29" s="59"/>
+      <c r="L29" s="59"/>
+      <c r="M29" s="59"/>
+      <c r="N29" s="59"/>
       <c r="O29" s="6"/>
     </row>
-    <row r="30" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:20" ht="15" customHeight="1">
       <c r="A30" s="5"/>
-      <c r="B30" s="55"/>
-[...11 lines deleted...]
-      <c r="N30" s="57"/>
+      <c r="B30" s="57"/>
+      <c r="C30" s="57"/>
+      <c r="D30" s="57"/>
+      <c r="E30" s="57"/>
+      <c r="F30" s="57"/>
+      <c r="G30" s="57"/>
+      <c r="H30" s="57"/>
+      <c r="I30" s="57"/>
+      <c r="J30" s="59"/>
+      <c r="K30" s="59"/>
+      <c r="L30" s="59"/>
+      <c r="M30" s="59"/>
+      <c r="N30" s="59"/>
       <c r="O30" s="6"/>
     </row>
-    <row r="31" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:20" ht="15" customHeight="1">
       <c r="A31" s="10"/>
-      <c r="B31" s="152" t="s">
+      <c r="B31" s="50" t="s">
         <v>126</v>
       </c>
       <c r="C31" s="11"/>
       <c r="E31" s="11"/>
       <c r="F31" s="11"/>
       <c r="G31" s="11"/>
       <c r="H31" s="11"/>
       <c r="I31" s="11"/>
       <c r="J31" s="11"/>
       <c r="K31" s="11"/>
       <c r="L31" s="11"/>
       <c r="M31" s="11"/>
       <c r="N31" s="11"/>
       <c r="O31" s="12"/>
       <c r="P31" s="11"/>
       <c r="Q31" s="11"/>
       <c r="R31" s="11"/>
       <c r="S31" s="11"/>
       <c r="T31" s="11"/>
     </row>
-    <row r="32" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:20" ht="15" customHeight="1">
       <c r="B32" s="11" t="s">
         <v>127</v>
       </c>
       <c r="D32" s="11"/>
       <c r="F32" s="11"/>
       <c r="G32" s="11"/>
       <c r="H32" s="11"/>
       <c r="I32" s="11"/>
       <c r="J32" s="11"/>
       <c r="K32" s="11"/>
       <c r="L32" s="11"/>
       <c r="M32" s="11"/>
       <c r="N32" s="11"/>
       <c r="O32" s="12"/>
       <c r="P32" s="11"/>
       <c r="Q32" s="11"/>
       <c r="R32" s="11"/>
       <c r="S32" s="11"/>
       <c r="T32" s="11"/>
     </row>
-    <row r="33" spans="1:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B33" s="153" t="s">
+    <row r="33" spans="1:20" ht="15" customHeight="1">
+      <c r="B33" s="51" t="s">
         <v>128</v>
       </c>
       <c r="D33" s="11"/>
       <c r="E33" s="11"/>
       <c r="F33" s="11"/>
       <c r="G33" s="11"/>
       <c r="H33" s="11"/>
       <c r="I33" s="11"/>
       <c r="J33" s="11"/>
       <c r="K33" s="11"/>
       <c r="L33" s="11"/>
       <c r="M33" s="11"/>
       <c r="N33" s="11"/>
       <c r="O33" s="12"/>
       <c r="P33" s="11"/>
       <c r="Q33" s="11"/>
       <c r="R33" s="11"/>
       <c r="S33" s="11"/>
       <c r="T33" s="11"/>
     </row>
-    <row r="34" spans="1:20" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="34" spans="1:20" ht="15" customHeight="1" thickBot="1">
       <c r="A34" s="13"/>
       <c r="B34" s="14"/>
       <c r="C34" s="14"/>
       <c r="D34" s="14"/>
       <c r="E34" s="14"/>
       <c r="F34" s="14"/>
       <c r="G34" s="14"/>
       <c r="H34" s="14"/>
       <c r="I34" s="14"/>
       <c r="J34" s="14"/>
       <c r="K34" s="14"/>
       <c r="L34" s="14"/>
       <c r="M34" s="14"/>
       <c r="N34" s="14"/>
       <c r="O34" s="15"/>
       <c r="P34" s="11"/>
       <c r="Q34" s="11"/>
       <c r="R34" s="11"/>
       <c r="S34" s="11"/>
       <c r="T34" s="11"/>
     </row>
-    <row r="35" spans="1:20" ht="15" thickTop="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:20" ht="15.75" thickTop="1">
       <c r="A35" s="11"/>
       <c r="B35" s="11"/>
       <c r="C35" s="11"/>
       <c r="D35" s="11"/>
       <c r="E35" s="11"/>
       <c r="F35" s="11"/>
       <c r="G35" s="11"/>
       <c r="H35" s="11"/>
       <c r="I35" s="11"/>
       <c r="J35" s="11"/>
       <c r="K35" s="11"/>
       <c r="L35" s="11"/>
       <c r="M35" s="11"/>
       <c r="N35" s="11"/>
       <c r="O35" s="11"/>
       <c r="P35" s="11"/>
       <c r="Q35" s="11"/>
       <c r="R35" s="11"/>
       <c r="S35" s="11"/>
       <c r="T35" s="11"/>
     </row>
-    <row r="36" spans="1:20" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:20">
       <c r="A36" s="11"/>
       <c r="B36" s="11"/>
       <c r="C36" s="11"/>
       <c r="D36" s="11"/>
       <c r="E36" s="11"/>
       <c r="F36" s="11"/>
       <c r="G36" s="11"/>
       <c r="H36" s="11"/>
       <c r="I36" s="11"/>
       <c r="J36" s="11"/>
       <c r="K36" s="11"/>
       <c r="L36" s="11"/>
       <c r="M36" s="11"/>
       <c r="N36" s="11"/>
       <c r="O36" s="11"/>
       <c r="P36" s="11"/>
       <c r="Q36" s="11"/>
       <c r="R36" s="11"/>
       <c r="S36" s="11"/>
       <c r="T36" s="11"/>
     </row>
-    <row r="37" spans="1:20" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:20">
       <c r="A37" s="11"/>
       <c r="B37" s="11"/>
       <c r="C37" s="11"/>
       <c r="D37" s="11"/>
       <c r="E37" s="11"/>
       <c r="F37" s="11"/>
       <c r="G37" s="11"/>
       <c r="H37" s="11"/>
       <c r="I37" s="11"/>
       <c r="J37" s="11"/>
       <c r="K37" s="11"/>
       <c r="L37" s="11"/>
       <c r="M37" s="11"/>
       <c r="N37" s="11"/>
       <c r="O37" s="11"/>
       <c r="P37" s="11"/>
       <c r="Q37" s="11"/>
       <c r="R37" s="11"/>
       <c r="S37" s="11"/>
       <c r="T37" s="11"/>
     </row>
-    <row r="38" spans="1:20" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:20">
       <c r="A38" s="11"/>
       <c r="B38" s="11"/>
       <c r="C38" s="11"/>
       <c r="D38" s="11"/>
       <c r="E38" s="11"/>
       <c r="F38" s="11"/>
       <c r="G38" s="11"/>
       <c r="H38" s="11"/>
       <c r="I38" s="11"/>
       <c r="J38" s="11"/>
       <c r="K38" s="11"/>
       <c r="L38" s="11"/>
       <c r="M38" s="11"/>
       <c r="N38" s="11"/>
       <c r="O38" s="11"/>
       <c r="P38" s="11"/>
       <c r="Q38" s="11"/>
       <c r="R38" s="11"/>
       <c r="S38" s="11"/>
       <c r="T38" s="11"/>
     </row>
-    <row r="39" spans="1:20" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:20">
       <c r="A39" s="11"/>
       <c r="B39" s="11"/>
       <c r="C39" s="11"/>
       <c r="D39" s="11"/>
       <c r="E39" s="11"/>
       <c r="F39" s="11"/>
       <c r="G39" s="11"/>
       <c r="H39" s="11"/>
       <c r="I39" s="11"/>
       <c r="J39" s="11"/>
       <c r="K39" s="11"/>
       <c r="L39" s="11"/>
       <c r="M39" s="11"/>
       <c r="N39" s="11"/>
       <c r="O39" s="11"/>
       <c r="P39" s="11"/>
       <c r="Q39" s="11"/>
       <c r="R39" s="11"/>
       <c r="S39" s="11"/>
       <c r="T39" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="E2:O6"/>
     <mergeCell ref="A14:O15"/>
     <mergeCell ref="B29:I30"/>
     <mergeCell ref="B24:D25"/>
     <mergeCell ref="E24:N25"/>
     <mergeCell ref="E26:N27"/>
     <mergeCell ref="J29:N30"/>
     <mergeCell ref="B21:H22"/>
     <mergeCell ref="I21:N22"/>
     <mergeCell ref="C9:M10"/>
     <mergeCell ref="A11:O12"/>
     <mergeCell ref="A17:O18"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="97" fitToWidth="0" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
   <drawing r:id="rId2"/>
-  <extLst>
+  <extLst xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision">
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xWindow="1070" yWindow="570" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{A3E46F73-DA38-425F-8F13-F7A4AEF49102}">
           <x14:formula1>
             <xm:f>Plan1!$A$1:$A$8</xm:f>
           </x14:formula1>
           <xm:sqref>A14:O15</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ED6B2B55-2AA3-4D93-9E71-058FF63FC5F4}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <tabColor theme="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N24"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView topLeftCell="A2" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A11" sqref="A11:N12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="14" max="14" width="18.54296875" customWidth="1"/>
+    <col min="14" max="14" width="18.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="63" t="s">
+    <row r="1" spans="1:14" ht="15" customHeight="1" thickBot="1">
+      <c r="A1" s="98" t="s">
         <v>7</v>
       </c>
-      <c r="B1" s="64"/>
-[...30 lines deleted...]
-      <c r="A3" s="69" t="s">
+      <c r="B1" s="99"/>
+      <c r="C1" s="99"/>
+      <c r="D1" s="99"/>
+      <c r="E1" s="99"/>
+      <c r="F1" s="99"/>
+      <c r="G1" s="99"/>
+      <c r="H1" s="99"/>
+      <c r="I1" s="99"/>
+      <c r="J1" s="99"/>
+      <c r="K1" s="99"/>
+      <c r="L1" s="99"/>
+      <c r="M1" s="99"/>
+      <c r="N1" s="100"/>
+    </row>
+    <row r="2" spans="1:14" ht="15" customHeight="1" thickTop="1" thickBot="1">
+      <c r="A2" s="101"/>
+      <c r="B2" s="102"/>
+      <c r="C2" s="102"/>
+      <c r="D2" s="102"/>
+      <c r="E2" s="102"/>
+      <c r="F2" s="102"/>
+      <c r="G2" s="102"/>
+      <c r="H2" s="102"/>
+      <c r="I2" s="102"/>
+      <c r="J2" s="102"/>
+      <c r="K2" s="102"/>
+      <c r="L2" s="102"/>
+      <c r="M2" s="102"/>
+      <c r="N2" s="103"/>
+    </row>
+    <row r="3" spans="1:14" ht="15" customHeight="1" thickBot="1">
+      <c r="A3" s="104" t="s">
         <v>8</v>
       </c>
-      <c r="B3" s="70"/>
-[...30 lines deleted...]
-      <c r="A5" s="75" t="s">
+      <c r="B3" s="105"/>
+      <c r="C3" s="105"/>
+      <c r="D3" s="105"/>
+      <c r="E3" s="105"/>
+      <c r="F3" s="105"/>
+      <c r="G3" s="105"/>
+      <c r="H3" s="105"/>
+      <c r="I3" s="105"/>
+      <c r="J3" s="105"/>
+      <c r="K3" s="105"/>
+      <c r="L3" s="105"/>
+      <c r="M3" s="105"/>
+      <c r="N3" s="106"/>
+    </row>
+    <row r="4" spans="1:14" ht="15" customHeight="1" thickTop="1" thickBot="1">
+      <c r="A4" s="107"/>
+      <c r="B4" s="108"/>
+      <c r="C4" s="108"/>
+      <c r="D4" s="108"/>
+      <c r="E4" s="108"/>
+      <c r="F4" s="108"/>
+      <c r="G4" s="108"/>
+      <c r="H4" s="108"/>
+      <c r="I4" s="108"/>
+      <c r="J4" s="108"/>
+      <c r="K4" s="108"/>
+      <c r="L4" s="108"/>
+      <c r="M4" s="108"/>
+      <c r="N4" s="109"/>
+    </row>
+    <row r="5" spans="1:14" ht="15" customHeight="1">
+      <c r="A5" s="94" t="s">
         <v>64</v>
       </c>
-      <c r="B5" s="76"/>
-[...14 lines deleted...]
-      <c r="A6" s="79" t="s">
+      <c r="B5" s="95"/>
+      <c r="C5" s="96"/>
+      <c r="D5" s="96"/>
+      <c r="E5" s="96"/>
+      <c r="F5" s="96"/>
+      <c r="G5" s="96"/>
+      <c r="H5" s="96"/>
+      <c r="I5" s="96"/>
+      <c r="J5" s="96"/>
+      <c r="K5" s="96"/>
+      <c r="L5" s="96"/>
+      <c r="M5" s="96"/>
+      <c r="N5" s="97"/>
+    </row>
+    <row r="6" spans="1:14" ht="15" customHeight="1">
+      <c r="A6" s="86" t="s">
         <v>12</v>
       </c>
-      <c r="B6" s="80"/>
-[...14 lines deleted...]
-      <c r="A7" s="79" t="s">
+      <c r="B6" s="87"/>
+      <c r="C6" s="88"/>
+      <c r="D6" s="88"/>
+      <c r="E6" s="88"/>
+      <c r="F6" s="88"/>
+      <c r="G6" s="88"/>
+      <c r="H6" s="88"/>
+      <c r="I6" s="88"/>
+      <c r="J6" s="88"/>
+      <c r="K6" s="88"/>
+      <c r="L6" s="88"/>
+      <c r="M6" s="88"/>
+      <c r="N6" s="89"/>
+    </row>
+    <row r="7" spans="1:14" ht="15" customHeight="1">
+      <c r="A7" s="86" t="s">
         <v>13</v>
       </c>
-      <c r="B7" s="80"/>
-[...14 lines deleted...]
-      <c r="A8" s="79" t="s">
+      <c r="B7" s="87"/>
+      <c r="C7" s="88"/>
+      <c r="D7" s="88"/>
+      <c r="E7" s="88"/>
+      <c r="F7" s="88"/>
+      <c r="G7" s="88"/>
+      <c r="H7" s="88"/>
+      <c r="I7" s="88"/>
+      <c r="J7" s="88"/>
+      <c r="K7" s="88"/>
+      <c r="L7" s="88"/>
+      <c r="M7" s="88"/>
+      <c r="N7" s="89"/>
+    </row>
+    <row r="8" spans="1:14" ht="15" customHeight="1">
+      <c r="A8" s="86" t="s">
         <v>14</v>
       </c>
-      <c r="B8" s="80"/>
-[...14 lines deleted...]
-      <c r="A9" s="79" t="s">
+      <c r="B8" s="87"/>
+      <c r="C8" s="88"/>
+      <c r="D8" s="88"/>
+      <c r="E8" s="88"/>
+      <c r="F8" s="88"/>
+      <c r="G8" s="88"/>
+      <c r="H8" s="88"/>
+      <c r="I8" s="88"/>
+      <c r="J8" s="88"/>
+      <c r="K8" s="88"/>
+      <c r="L8" s="88"/>
+      <c r="M8" s="88"/>
+      <c r="N8" s="89"/>
+    </row>
+    <row r="9" spans="1:14" ht="15" customHeight="1">
+      <c r="A9" s="86" t="s">
         <v>15</v>
       </c>
-      <c r="B9" s="80"/>
-[...14 lines deleted...]
-      <c r="A10" s="87" t="s">
+      <c r="B9" s="87"/>
+      <c r="C9" s="88"/>
+      <c r="D9" s="88"/>
+      <c r="E9" s="88"/>
+      <c r="F9" s="88"/>
+      <c r="G9" s="88"/>
+      <c r="H9" s="88"/>
+      <c r="I9" s="88"/>
+      <c r="J9" s="88"/>
+      <c r="K9" s="88"/>
+      <c r="L9" s="88"/>
+      <c r="M9" s="88"/>
+      <c r="N9" s="89"/>
+    </row>
+    <row r="10" spans="1:14" ht="15" customHeight="1" thickBot="1">
+      <c r="A10" s="90" t="s">
         <v>16</v>
       </c>
-      <c r="B10" s="88"/>
-[...14 lines deleted...]
-      <c r="A11" s="91" t="s">
+      <c r="B10" s="91"/>
+      <c r="C10" s="92"/>
+      <c r="D10" s="92"/>
+      <c r="E10" s="92"/>
+      <c r="F10" s="92"/>
+      <c r="G10" s="92"/>
+      <c r="H10" s="92"/>
+      <c r="I10" s="92"/>
+      <c r="J10" s="92"/>
+      <c r="K10" s="92"/>
+      <c r="L10" s="92"/>
+      <c r="M10" s="92"/>
+      <c r="N10" s="93"/>
+    </row>
+    <row r="11" spans="1:14" ht="15" customHeight="1">
+      <c r="A11" s="69" t="s">
         <v>9</v>
       </c>
-      <c r="B11" s="92"/>
-[...30 lines deleted...]
-      <c r="A13" s="75" t="s">
+      <c r="B11" s="70"/>
+      <c r="C11" s="70"/>
+      <c r="D11" s="70"/>
+      <c r="E11" s="70"/>
+      <c r="F11" s="70"/>
+      <c r="G11" s="70"/>
+      <c r="H11" s="70"/>
+      <c r="I11" s="70"/>
+      <c r="J11" s="70"/>
+      <c r="K11" s="70"/>
+      <c r="L11" s="70"/>
+      <c r="M11" s="70"/>
+      <c r="N11" s="71"/>
+    </row>
+    <row r="12" spans="1:14" ht="15" customHeight="1" thickBot="1">
+      <c r="A12" s="72"/>
+      <c r="B12" s="73"/>
+      <c r="C12" s="73"/>
+      <c r="D12" s="73"/>
+      <c r="E12" s="73"/>
+      <c r="F12" s="73"/>
+      <c r="G12" s="73"/>
+      <c r="H12" s="73"/>
+      <c r="I12" s="73"/>
+      <c r="J12" s="73"/>
+      <c r="K12" s="73"/>
+      <c r="L12" s="73"/>
+      <c r="M12" s="73"/>
+      <c r="N12" s="74"/>
+    </row>
+    <row r="13" spans="1:14" ht="15" customHeight="1">
+      <c r="A13" s="94" t="s">
         <v>64</v>
       </c>
-      <c r="B13" s="76"/>
-[...14 lines deleted...]
-      <c r="A14" s="83" t="s">
+      <c r="B13" s="95"/>
+      <c r="C13" s="96"/>
+      <c r="D13" s="96"/>
+      <c r="E13" s="96"/>
+      <c r="F13" s="96"/>
+      <c r="G13" s="96"/>
+      <c r="H13" s="96"/>
+      <c r="I13" s="96"/>
+      <c r="J13" s="96"/>
+      <c r="K13" s="96"/>
+      <c r="L13" s="96"/>
+      <c r="M13" s="96"/>
+      <c r="N13" s="97"/>
+    </row>
+    <row r="14" spans="1:14" ht="15" customHeight="1">
+      <c r="A14" s="79" t="s">
         <v>12</v>
       </c>
-      <c r="B14" s="84"/>
-[...14 lines deleted...]
-      <c r="A15" s="83" t="s">
+      <c r="B14" s="80"/>
+      <c r="C14" s="81"/>
+      <c r="D14" s="81"/>
+      <c r="E14" s="81"/>
+      <c r="F14" s="81"/>
+      <c r="G14" s="81"/>
+      <c r="H14" s="81"/>
+      <c r="I14" s="81"/>
+      <c r="J14" s="81"/>
+      <c r="K14" s="81"/>
+      <c r="L14" s="81"/>
+      <c r="M14" s="81"/>
+      <c r="N14" s="82"/>
+    </row>
+    <row r="15" spans="1:14" ht="15" customHeight="1">
+      <c r="A15" s="79" t="s">
         <v>13</v>
       </c>
-      <c r="B15" s="84"/>
-[...14 lines deleted...]
-      <c r="A16" s="83" t="s">
+      <c r="B15" s="80"/>
+      <c r="C15" s="81"/>
+      <c r="D15" s="81"/>
+      <c r="E15" s="81"/>
+      <c r="F15" s="81"/>
+      <c r="G15" s="81"/>
+      <c r="H15" s="81"/>
+      <c r="I15" s="81"/>
+      <c r="J15" s="81"/>
+      <c r="K15" s="81"/>
+      <c r="L15" s="81"/>
+      <c r="M15" s="81"/>
+      <c r="N15" s="82"/>
+    </row>
+    <row r="16" spans="1:14" ht="15" customHeight="1">
+      <c r="A16" s="79" t="s">
         <v>14</v>
       </c>
-      <c r="B16" s="84"/>
-[...14 lines deleted...]
-      <c r="A17" s="83" t="s">
+      <c r="B16" s="80"/>
+      <c r="C16" s="81"/>
+      <c r="D16" s="81"/>
+      <c r="E16" s="81"/>
+      <c r="F16" s="81"/>
+      <c r="G16" s="81"/>
+      <c r="H16" s="81"/>
+      <c r="I16" s="81"/>
+      <c r="J16" s="81"/>
+      <c r="K16" s="81"/>
+      <c r="L16" s="81"/>
+      <c r="M16" s="81"/>
+      <c r="N16" s="82"/>
+    </row>
+    <row r="17" spans="1:14" ht="15" customHeight="1">
+      <c r="A17" s="79" t="s">
         <v>15</v>
       </c>
-      <c r="B17" s="84"/>
-[...14 lines deleted...]
-      <c r="A18" s="97" t="s">
+      <c r="B17" s="80"/>
+      <c r="C17" s="81"/>
+      <c r="D17" s="81"/>
+      <c r="E17" s="81"/>
+      <c r="F17" s="81"/>
+      <c r="G17" s="81"/>
+      <c r="H17" s="81"/>
+      <c r="I17" s="81"/>
+      <c r="J17" s="81"/>
+      <c r="K17" s="81"/>
+      <c r="L17" s="81"/>
+      <c r="M17" s="81"/>
+      <c r="N17" s="82"/>
+    </row>
+    <row r="18" spans="1:14" ht="15" customHeight="1" thickBot="1">
+      <c r="A18" s="65" t="s">
         <v>16</v>
       </c>
-      <c r="B18" s="98"/>
-[...14 lines deleted...]
-      <c r="A19" s="91" t="s">
+      <c r="B18" s="66"/>
+      <c r="C18" s="67"/>
+      <c r="D18" s="67"/>
+      <c r="E18" s="67"/>
+      <c r="F18" s="67"/>
+      <c r="G18" s="67"/>
+      <c r="H18" s="67"/>
+      <c r="I18" s="67"/>
+      <c r="J18" s="67"/>
+      <c r="K18" s="67"/>
+      <c r="L18" s="67"/>
+      <c r="M18" s="67"/>
+      <c r="N18" s="68"/>
+    </row>
+    <row r="19" spans="1:14" ht="15" customHeight="1">
+      <c r="A19" s="69" t="s">
         <v>47</v>
       </c>
-      <c r="B19" s="92"/>
-[...30 lines deleted...]
-      <c r="A21" s="104" t="s">
+      <c r="B19" s="70"/>
+      <c r="C19" s="70"/>
+      <c r="D19" s="70"/>
+      <c r="E19" s="70"/>
+      <c r="F19" s="70"/>
+      <c r="G19" s="70"/>
+      <c r="H19" s="70"/>
+      <c r="I19" s="70"/>
+      <c r="J19" s="70"/>
+      <c r="K19" s="70"/>
+      <c r="L19" s="70"/>
+      <c r="M19" s="70"/>
+      <c r="N19" s="71"/>
+    </row>
+    <row r="20" spans="1:14" ht="15" customHeight="1" thickBot="1">
+      <c r="A20" s="72"/>
+      <c r="B20" s="73"/>
+      <c r="C20" s="73"/>
+      <c r="D20" s="73"/>
+      <c r="E20" s="73"/>
+      <c r="F20" s="73"/>
+      <c r="G20" s="73"/>
+      <c r="H20" s="73"/>
+      <c r="I20" s="73"/>
+      <c r="J20" s="73"/>
+      <c r="K20" s="73"/>
+      <c r="L20" s="73"/>
+      <c r="M20" s="73"/>
+      <c r="N20" s="74"/>
+    </row>
+    <row r="21" spans="1:14" ht="15" customHeight="1">
+      <c r="A21" s="75" t="s">
         <v>13</v>
       </c>
-      <c r="B21" s="105"/>
-[...14 lines deleted...]
-      <c r="A22" s="83" t="s">
+      <c r="B21" s="76"/>
+      <c r="C21" s="77"/>
+      <c r="D21" s="77"/>
+      <c r="E21" s="77"/>
+      <c r="F21" s="77"/>
+      <c r="G21" s="77"/>
+      <c r="H21" s="77"/>
+      <c r="I21" s="77"/>
+      <c r="J21" s="77"/>
+      <c r="K21" s="77"/>
+      <c r="L21" s="77"/>
+      <c r="M21" s="77"/>
+      <c r="N21" s="78"/>
+    </row>
+    <row r="22" spans="1:14" ht="15" customHeight="1">
+      <c r="A22" s="79" t="s">
         <v>14</v>
       </c>
-      <c r="B22" s="84"/>
-[...14 lines deleted...]
-      <c r="A23" s="83" t="s">
+      <c r="B22" s="80"/>
+      <c r="C22" s="81"/>
+      <c r="D22" s="81"/>
+      <c r="E22" s="81"/>
+      <c r="F22" s="81"/>
+      <c r="G22" s="81"/>
+      <c r="H22" s="81"/>
+      <c r="I22" s="81"/>
+      <c r="J22" s="81"/>
+      <c r="K22" s="81"/>
+      <c r="L22" s="81"/>
+      <c r="M22" s="81"/>
+      <c r="N22" s="82"/>
+    </row>
+    <row r="23" spans="1:14" ht="15" customHeight="1">
+      <c r="A23" s="79" t="s">
         <v>15</v>
       </c>
-      <c r="B23" s="84"/>
-[...14 lines deleted...]
-      <c r="A24" s="97" t="s">
+      <c r="B23" s="80"/>
+      <c r="C23" s="81"/>
+      <c r="D23" s="81"/>
+      <c r="E23" s="81"/>
+      <c r="F23" s="81"/>
+      <c r="G23" s="81"/>
+      <c r="H23" s="81"/>
+      <c r="I23" s="81"/>
+      <c r="J23" s="81"/>
+      <c r="K23" s="81"/>
+      <c r="L23" s="81"/>
+      <c r="M23" s="81"/>
+      <c r="N23" s="82"/>
+    </row>
+    <row r="24" spans="1:14" ht="15" customHeight="1" thickBot="1">
+      <c r="A24" s="65" t="s">
         <v>16</v>
       </c>
-      <c r="B24" s="98"/>
-[...11 lines deleted...]
-      <c r="N24" s="101"/>
+      <c r="B24" s="66"/>
+      <c r="C24" s="83"/>
+      <c r="D24" s="84"/>
+      <c r="E24" s="84"/>
+      <c r="F24" s="84"/>
+      <c r="G24" s="84"/>
+      <c r="H24" s="84"/>
+      <c r="I24" s="84"/>
+      <c r="J24" s="84"/>
+      <c r="K24" s="84"/>
+      <c r="L24" s="84"/>
+      <c r="M24" s="84"/>
+      <c r="N24" s="85"/>
     </row>
   </sheetData>
   <mergeCells count="36">
-    <mergeCell ref="A18:B18"/>
-[...15 lines deleted...]
-    <mergeCell ref="C17:N17"/>
+    <mergeCell ref="A1:N2"/>
+    <mergeCell ref="A3:N4"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="C5:N5"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="C6:N6"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="C14:N14"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="C7:N7"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="C8:N8"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="C9:N9"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="C10:N10"/>
     <mergeCell ref="A11:N12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="C13:N13"/>
-    <mergeCell ref="A1:N2"/>
-[...4 lines deleted...]
-    <mergeCell ref="C6:N6"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="C15:N15"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="C16:N16"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="C17:N17"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="C22:N22"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="C23:N23"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="C24:N24"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="C18:N18"/>
+    <mergeCell ref="A19:N20"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="C21:N21"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" verticalDpi="4294967293" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D1C0DB77-BDB2-4A3B-A92A-E9D4ABB52611}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <tabColor theme="0"/>
   </sheetPr>
   <dimension ref="A1:N108"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A3" sqref="A3:N36"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="14" width="9.81640625" customWidth="1"/>
+    <col min="1" max="14" width="9.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="63" t="s">
+    <row r="1" spans="1:14" ht="15.75" thickBot="1">
+      <c r="A1" s="98" t="s">
         <v>10</v>
       </c>
-      <c r="B1" s="64"/>
-[...30 lines deleted...]
-      <c r="A3" s="108" t="s">
+      <c r="B1" s="99"/>
+      <c r="C1" s="99"/>
+      <c r="D1" s="99"/>
+      <c r="E1" s="99"/>
+      <c r="F1" s="99"/>
+      <c r="G1" s="99"/>
+      <c r="H1" s="99"/>
+      <c r="I1" s="99"/>
+      <c r="J1" s="99"/>
+      <c r="K1" s="99"/>
+      <c r="L1" s="99"/>
+      <c r="M1" s="99"/>
+      <c r="N1" s="100"/>
+    </row>
+    <row r="2" spans="1:14" ht="16.5" thickTop="1" thickBot="1">
+      <c r="A2" s="101"/>
+      <c r="B2" s="102"/>
+      <c r="C2" s="102"/>
+      <c r="D2" s="102"/>
+      <c r="E2" s="102"/>
+      <c r="F2" s="102"/>
+      <c r="G2" s="102"/>
+      <c r="H2" s="102"/>
+      <c r="I2" s="102"/>
+      <c r="J2" s="102"/>
+      <c r="K2" s="102"/>
+      <c r="L2" s="102"/>
+      <c r="M2" s="102"/>
+      <c r="N2" s="103"/>
+    </row>
+    <row r="3" spans="1:14">
+      <c r="A3" s="110" t="s">
         <v>117</v>
       </c>
-      <c r="B3" s="109"/>
-[...542 lines deleted...]
-      <c r="A37" s="63" t="s">
+      <c r="B3" s="111"/>
+      <c r="C3" s="111"/>
+      <c r="D3" s="111"/>
+      <c r="E3" s="111"/>
+      <c r="F3" s="111"/>
+      <c r="G3" s="111"/>
+      <c r="H3" s="111"/>
+      <c r="I3" s="111"/>
+      <c r="J3" s="111"/>
+      <c r="K3" s="111"/>
+      <c r="L3" s="111"/>
+      <c r="M3" s="111"/>
+      <c r="N3" s="112"/>
+    </row>
+    <row r="4" spans="1:14">
+      <c r="A4" s="113"/>
+      <c r="B4" s="114"/>
+      <c r="C4" s="114"/>
+      <c r="D4" s="114"/>
+      <c r="E4" s="114"/>
+      <c r="F4" s="114"/>
+      <c r="G4" s="114"/>
+      <c r="H4" s="114"/>
+      <c r="I4" s="114"/>
+      <c r="J4" s="114"/>
+      <c r="K4" s="114"/>
+      <c r="L4" s="114"/>
+      <c r="M4" s="114"/>
+      <c r="N4" s="115"/>
+    </row>
+    <row r="5" spans="1:14">
+      <c r="A5" s="113"/>
+      <c r="B5" s="114"/>
+      <c r="C5" s="114"/>
+      <c r="D5" s="114"/>
+      <c r="E5" s="114"/>
+      <c r="F5" s="114"/>
+      <c r="G5" s="114"/>
+      <c r="H5" s="114"/>
+      <c r="I5" s="114"/>
+      <c r="J5" s="114"/>
+      <c r="K5" s="114"/>
+      <c r="L5" s="114"/>
+      <c r="M5" s="114"/>
+      <c r="N5" s="115"/>
+    </row>
+    <row r="6" spans="1:14">
+      <c r="A6" s="113"/>
+      <c r="B6" s="114"/>
+      <c r="C6" s="114"/>
+      <c r="D6" s="114"/>
+      <c r="E6" s="114"/>
+      <c r="F6" s="114"/>
+      <c r="G6" s="114"/>
+      <c r="H6" s="114"/>
+      <c r="I6" s="114"/>
+      <c r="J6" s="114"/>
+      <c r="K6" s="114"/>
+      <c r="L6" s="114"/>
+      <c r="M6" s="114"/>
+      <c r="N6" s="115"/>
+    </row>
+    <row r="7" spans="1:14">
+      <c r="A7" s="113"/>
+      <c r="B7" s="114"/>
+      <c r="C7" s="114"/>
+      <c r="D7" s="114"/>
+      <c r="E7" s="114"/>
+      <c r="F7" s="114"/>
+      <c r="G7" s="114"/>
+      <c r="H7" s="114"/>
+      <c r="I7" s="114"/>
+      <c r="J7" s="114"/>
+      <c r="K7" s="114"/>
+      <c r="L7" s="114"/>
+      <c r="M7" s="114"/>
+      <c r="N7" s="115"/>
+    </row>
+    <row r="8" spans="1:14">
+      <c r="A8" s="113"/>
+      <c r="B8" s="114"/>
+      <c r="C8" s="114"/>
+      <c r="D8" s="114"/>
+      <c r="E8" s="114"/>
+      <c r="F8" s="114"/>
+      <c r="G8" s="114"/>
+      <c r="H8" s="114"/>
+      <c r="I8" s="114"/>
+      <c r="J8" s="114"/>
+      <c r="K8" s="114"/>
+      <c r="L8" s="114"/>
+      <c r="M8" s="114"/>
+      <c r="N8" s="115"/>
+    </row>
+    <row r="9" spans="1:14">
+      <c r="A9" s="113"/>
+      <c r="B9" s="114"/>
+      <c r="C9" s="114"/>
+      <c r="D9" s="114"/>
+      <c r="E9" s="114"/>
+      <c r="F9" s="114"/>
+      <c r="G9" s="114"/>
+      <c r="H9" s="114"/>
+      <c r="I9" s="114"/>
+      <c r="J9" s="114"/>
+      <c r="K9" s="114"/>
+      <c r="L9" s="114"/>
+      <c r="M9" s="114"/>
+      <c r="N9" s="115"/>
+    </row>
+    <row r="10" spans="1:14">
+      <c r="A10" s="113"/>
+      <c r="B10" s="114"/>
+      <c r="C10" s="114"/>
+      <c r="D10" s="114"/>
+      <c r="E10" s="114"/>
+      <c r="F10" s="114"/>
+      <c r="G10" s="114"/>
+      <c r="H10" s="114"/>
+      <c r="I10" s="114"/>
+      <c r="J10" s="114"/>
+      <c r="K10" s="114"/>
+      <c r="L10" s="114"/>
+      <c r="M10" s="114"/>
+      <c r="N10" s="115"/>
+    </row>
+    <row r="11" spans="1:14">
+      <c r="A11" s="113"/>
+      <c r="B11" s="114"/>
+      <c r="C11" s="114"/>
+      <c r="D11" s="114"/>
+      <c r="E11" s="114"/>
+      <c r="F11" s="114"/>
+      <c r="G11" s="114"/>
+      <c r="H11" s="114"/>
+      <c r="I11" s="114"/>
+      <c r="J11" s="114"/>
+      <c r="K11" s="114"/>
+      <c r="L11" s="114"/>
+      <c r="M11" s="114"/>
+      <c r="N11" s="115"/>
+    </row>
+    <row r="12" spans="1:14">
+      <c r="A12" s="113"/>
+      <c r="B12" s="114"/>
+      <c r="C12" s="114"/>
+      <c r="D12" s="114"/>
+      <c r="E12" s="114"/>
+      <c r="F12" s="114"/>
+      <c r="G12" s="114"/>
+      <c r="H12" s="114"/>
+      <c r="I12" s="114"/>
+      <c r="J12" s="114"/>
+      <c r="K12" s="114"/>
+      <c r="L12" s="114"/>
+      <c r="M12" s="114"/>
+      <c r="N12" s="115"/>
+    </row>
+    <row r="13" spans="1:14">
+      <c r="A13" s="113"/>
+      <c r="B13" s="114"/>
+      <c r="C13" s="114"/>
+      <c r="D13" s="114"/>
+      <c r="E13" s="114"/>
+      <c r="F13" s="114"/>
+      <c r="G13" s="114"/>
+      <c r="H13" s="114"/>
+      <c r="I13" s="114"/>
+      <c r="J13" s="114"/>
+      <c r="K13" s="114"/>
+      <c r="L13" s="114"/>
+      <c r="M13" s="114"/>
+      <c r="N13" s="115"/>
+    </row>
+    <row r="14" spans="1:14">
+      <c r="A14" s="113"/>
+      <c r="B14" s="114"/>
+      <c r="C14" s="114"/>
+      <c r="D14" s="114"/>
+      <c r="E14" s="114"/>
+      <c r="F14" s="114"/>
+      <c r="G14" s="114"/>
+      <c r="H14" s="114"/>
+      <c r="I14" s="114"/>
+      <c r="J14" s="114"/>
+      <c r="K14" s="114"/>
+      <c r="L14" s="114"/>
+      <c r="M14" s="114"/>
+      <c r="N14" s="115"/>
+    </row>
+    <row r="15" spans="1:14">
+      <c r="A15" s="113"/>
+      <c r="B15" s="114"/>
+      <c r="C15" s="114"/>
+      <c r="D15" s="114"/>
+      <c r="E15" s="114"/>
+      <c r="F15" s="114"/>
+      <c r="G15" s="114"/>
+      <c r="H15" s="114"/>
+      <c r="I15" s="114"/>
+      <c r="J15" s="114"/>
+      <c r="K15" s="114"/>
+      <c r="L15" s="114"/>
+      <c r="M15" s="114"/>
+      <c r="N15" s="115"/>
+    </row>
+    <row r="16" spans="1:14">
+      <c r="A16" s="113"/>
+      <c r="B16" s="114"/>
+      <c r="C16" s="114"/>
+      <c r="D16" s="114"/>
+      <c r="E16" s="114"/>
+      <c r="F16" s="114"/>
+      <c r="G16" s="114"/>
+      <c r="H16" s="114"/>
+      <c r="I16" s="114"/>
+      <c r="J16" s="114"/>
+      <c r="K16" s="114"/>
+      <c r="L16" s="114"/>
+      <c r="M16" s="114"/>
+      <c r="N16" s="115"/>
+    </row>
+    <row r="17" spans="1:14">
+      <c r="A17" s="113"/>
+      <c r="B17" s="114"/>
+      <c r="C17" s="114"/>
+      <c r="D17" s="114"/>
+      <c r="E17" s="114"/>
+      <c r="F17" s="114"/>
+      <c r="G17" s="114"/>
+      <c r="H17" s="114"/>
+      <c r="I17" s="114"/>
+      <c r="J17" s="114"/>
+      <c r="K17" s="114"/>
+      <c r="L17" s="114"/>
+      <c r="M17" s="114"/>
+      <c r="N17" s="115"/>
+    </row>
+    <row r="18" spans="1:14">
+      <c r="A18" s="113"/>
+      <c r="B18" s="114"/>
+      <c r="C18" s="114"/>
+      <c r="D18" s="114"/>
+      <c r="E18" s="114"/>
+      <c r="F18" s="114"/>
+      <c r="G18" s="114"/>
+      <c r="H18" s="114"/>
+      <c r="I18" s="114"/>
+      <c r="J18" s="114"/>
+      <c r="K18" s="114"/>
+      <c r="L18" s="114"/>
+      <c r="M18" s="114"/>
+      <c r="N18" s="115"/>
+    </row>
+    <row r="19" spans="1:14">
+      <c r="A19" s="113"/>
+      <c r="B19" s="114"/>
+      <c r="C19" s="114"/>
+      <c r="D19" s="114"/>
+      <c r="E19" s="114"/>
+      <c r="F19" s="114"/>
+      <c r="G19" s="114"/>
+      <c r="H19" s="114"/>
+      <c r="I19" s="114"/>
+      <c r="J19" s="114"/>
+      <c r="K19" s="114"/>
+      <c r="L19" s="114"/>
+      <c r="M19" s="114"/>
+      <c r="N19" s="115"/>
+    </row>
+    <row r="20" spans="1:14">
+      <c r="A20" s="113"/>
+      <c r="B20" s="114"/>
+      <c r="C20" s="114"/>
+      <c r="D20" s="114"/>
+      <c r="E20" s="114"/>
+      <c r="F20" s="114"/>
+      <c r="G20" s="114"/>
+      <c r="H20" s="114"/>
+      <c r="I20" s="114"/>
+      <c r="J20" s="114"/>
+      <c r="K20" s="114"/>
+      <c r="L20" s="114"/>
+      <c r="M20" s="114"/>
+      <c r="N20" s="115"/>
+    </row>
+    <row r="21" spans="1:14">
+      <c r="A21" s="113"/>
+      <c r="B21" s="114"/>
+      <c r="C21" s="114"/>
+      <c r="D21" s="114"/>
+      <c r="E21" s="114"/>
+      <c r="F21" s="114"/>
+      <c r="G21" s="114"/>
+      <c r="H21" s="114"/>
+      <c r="I21" s="114"/>
+      <c r="J21" s="114"/>
+      <c r="K21" s="114"/>
+      <c r="L21" s="114"/>
+      <c r="M21" s="114"/>
+      <c r="N21" s="115"/>
+    </row>
+    <row r="22" spans="1:14">
+      <c r="A22" s="113"/>
+      <c r="B22" s="114"/>
+      <c r="C22" s="114"/>
+      <c r="D22" s="114"/>
+      <c r="E22" s="114"/>
+      <c r="F22" s="114"/>
+      <c r="G22" s="114"/>
+      <c r="H22" s="114"/>
+      <c r="I22" s="114"/>
+      <c r="J22" s="114"/>
+      <c r="K22" s="114"/>
+      <c r="L22" s="114"/>
+      <c r="M22" s="114"/>
+      <c r="N22" s="115"/>
+    </row>
+    <row r="23" spans="1:14">
+      <c r="A23" s="113"/>
+      <c r="B23" s="114"/>
+      <c r="C23" s="114"/>
+      <c r="D23" s="114"/>
+      <c r="E23" s="114"/>
+      <c r="F23" s="114"/>
+      <c r="G23" s="114"/>
+      <c r="H23" s="114"/>
+      <c r="I23" s="114"/>
+      <c r="J23" s="114"/>
+      <c r="K23" s="114"/>
+      <c r="L23" s="114"/>
+      <c r="M23" s="114"/>
+      <c r="N23" s="115"/>
+    </row>
+    <row r="24" spans="1:14">
+      <c r="A24" s="113"/>
+      <c r="B24" s="114"/>
+      <c r="C24" s="114"/>
+      <c r="D24" s="114"/>
+      <c r="E24" s="114"/>
+      <c r="F24" s="114"/>
+      <c r="G24" s="114"/>
+      <c r="H24" s="114"/>
+      <c r="I24" s="114"/>
+      <c r="J24" s="114"/>
+      <c r="K24" s="114"/>
+      <c r="L24" s="114"/>
+      <c r="M24" s="114"/>
+      <c r="N24" s="115"/>
+    </row>
+    <row r="25" spans="1:14">
+      <c r="A25" s="113"/>
+      <c r="B25" s="114"/>
+      <c r="C25" s="114"/>
+      <c r="D25" s="114"/>
+      <c r="E25" s="114"/>
+      <c r="F25" s="114"/>
+      <c r="G25" s="114"/>
+      <c r="H25" s="114"/>
+      <c r="I25" s="114"/>
+      <c r="J25" s="114"/>
+      <c r="K25" s="114"/>
+      <c r="L25" s="114"/>
+      <c r="M25" s="114"/>
+      <c r="N25" s="115"/>
+    </row>
+    <row r="26" spans="1:14">
+      <c r="A26" s="113"/>
+      <c r="B26" s="114"/>
+      <c r="C26" s="114"/>
+      <c r="D26" s="114"/>
+      <c r="E26" s="114"/>
+      <c r="F26" s="114"/>
+      <c r="G26" s="114"/>
+      <c r="H26" s="114"/>
+      <c r="I26" s="114"/>
+      <c r="J26" s="114"/>
+      <c r="K26" s="114"/>
+      <c r="L26" s="114"/>
+      <c r="M26" s="114"/>
+      <c r="N26" s="115"/>
+    </row>
+    <row r="27" spans="1:14">
+      <c r="A27" s="113"/>
+      <c r="B27" s="114"/>
+      <c r="C27" s="114"/>
+      <c r="D27" s="114"/>
+      <c r="E27" s="114"/>
+      <c r="F27" s="114"/>
+      <c r="G27" s="114"/>
+      <c r="H27" s="114"/>
+      <c r="I27" s="114"/>
+      <c r="J27" s="114"/>
+      <c r="K27" s="114"/>
+      <c r="L27" s="114"/>
+      <c r="M27" s="114"/>
+      <c r="N27" s="115"/>
+    </row>
+    <row r="28" spans="1:14">
+      <c r="A28" s="113"/>
+      <c r="B28" s="114"/>
+      <c r="C28" s="114"/>
+      <c r="D28" s="114"/>
+      <c r="E28" s="114"/>
+      <c r="F28" s="114"/>
+      <c r="G28" s="114"/>
+      <c r="H28" s="114"/>
+      <c r="I28" s="114"/>
+      <c r="J28" s="114"/>
+      <c r="K28" s="114"/>
+      <c r="L28" s="114"/>
+      <c r="M28" s="114"/>
+      <c r="N28" s="115"/>
+    </row>
+    <row r="29" spans="1:14">
+      <c r="A29" s="113"/>
+      <c r="B29" s="114"/>
+      <c r="C29" s="114"/>
+      <c r="D29" s="114"/>
+      <c r="E29" s="114"/>
+      <c r="F29" s="114"/>
+      <c r="G29" s="114"/>
+      <c r="H29" s="114"/>
+      <c r="I29" s="114"/>
+      <c r="J29" s="114"/>
+      <c r="K29" s="114"/>
+      <c r="L29" s="114"/>
+      <c r="M29" s="114"/>
+      <c r="N29" s="115"/>
+    </row>
+    <row r="30" spans="1:14">
+      <c r="A30" s="113"/>
+      <c r="B30" s="114"/>
+      <c r="C30" s="114"/>
+      <c r="D30" s="114"/>
+      <c r="E30" s="114"/>
+      <c r="F30" s="114"/>
+      <c r="G30" s="114"/>
+      <c r="H30" s="114"/>
+      <c r="I30" s="114"/>
+      <c r="J30" s="114"/>
+      <c r="K30" s="114"/>
+      <c r="L30" s="114"/>
+      <c r="M30" s="114"/>
+      <c r="N30" s="115"/>
+    </row>
+    <row r="31" spans="1:14">
+      <c r="A31" s="113"/>
+      <c r="B31" s="114"/>
+      <c r="C31" s="114"/>
+      <c r="D31" s="114"/>
+      <c r="E31" s="114"/>
+      <c r="F31" s="114"/>
+      <c r="G31" s="114"/>
+      <c r="H31" s="114"/>
+      <c r="I31" s="114"/>
+      <c r="J31" s="114"/>
+      <c r="K31" s="114"/>
+      <c r="L31" s="114"/>
+      <c r="M31" s="114"/>
+      <c r="N31" s="115"/>
+    </row>
+    <row r="32" spans="1:14">
+      <c r="A32" s="113"/>
+      <c r="B32" s="114"/>
+      <c r="C32" s="114"/>
+      <c r="D32" s="114"/>
+      <c r="E32" s="114"/>
+      <c r="F32" s="114"/>
+      <c r="G32" s="114"/>
+      <c r="H32" s="114"/>
+      <c r="I32" s="114"/>
+      <c r="J32" s="114"/>
+      <c r="K32" s="114"/>
+      <c r="L32" s="114"/>
+      <c r="M32" s="114"/>
+      <c r="N32" s="115"/>
+    </row>
+    <row r="33" spans="1:14">
+      <c r="A33" s="113"/>
+      <c r="B33" s="114"/>
+      <c r="C33" s="114"/>
+      <c r="D33" s="114"/>
+      <c r="E33" s="114"/>
+      <c r="F33" s="114"/>
+      <c r="G33" s="114"/>
+      <c r="H33" s="114"/>
+      <c r="I33" s="114"/>
+      <c r="J33" s="114"/>
+      <c r="K33" s="114"/>
+      <c r="L33" s="114"/>
+      <c r="M33" s="114"/>
+      <c r="N33" s="115"/>
+    </row>
+    <row r="34" spans="1:14">
+      <c r="A34" s="113"/>
+      <c r="B34" s="114"/>
+      <c r="C34" s="114"/>
+      <c r="D34" s="114"/>
+      <c r="E34" s="114"/>
+      <c r="F34" s="114"/>
+      <c r="G34" s="114"/>
+      <c r="H34" s="114"/>
+      <c r="I34" s="114"/>
+      <c r="J34" s="114"/>
+      <c r="K34" s="114"/>
+      <c r="L34" s="114"/>
+      <c r="M34" s="114"/>
+      <c r="N34" s="115"/>
+    </row>
+    <row r="35" spans="1:14">
+      <c r="A35" s="113"/>
+      <c r="B35" s="114"/>
+      <c r="C35" s="114"/>
+      <c r="D35" s="114"/>
+      <c r="E35" s="114"/>
+      <c r="F35" s="114"/>
+      <c r="G35" s="114"/>
+      <c r="H35" s="114"/>
+      <c r="I35" s="114"/>
+      <c r="J35" s="114"/>
+      <c r="K35" s="114"/>
+      <c r="L35" s="114"/>
+      <c r="M35" s="114"/>
+      <c r="N35" s="115"/>
+    </row>
+    <row r="36" spans="1:14" ht="15.75" thickBot="1">
+      <c r="A36" s="116"/>
+      <c r="B36" s="117"/>
+      <c r="C36" s="117"/>
+      <c r="D36" s="117"/>
+      <c r="E36" s="117"/>
+      <c r="F36" s="117"/>
+      <c r="G36" s="117"/>
+      <c r="H36" s="117"/>
+      <c r="I36" s="117"/>
+      <c r="J36" s="117"/>
+      <c r="K36" s="117"/>
+      <c r="L36" s="117"/>
+      <c r="M36" s="117"/>
+      <c r="N36" s="118"/>
+    </row>
+    <row r="37" spans="1:14" ht="15.75" thickBot="1">
+      <c r="A37" s="98" t="s">
         <v>10</v>
       </c>
-      <c r="B37" s="64"/>
-[...574 lines deleted...]
-      <c r="A73" s="63" t="s">
+      <c r="B37" s="99"/>
+      <c r="C37" s="99"/>
+      <c r="D37" s="99"/>
+      <c r="E37" s="99"/>
+      <c r="F37" s="99"/>
+      <c r="G37" s="99"/>
+      <c r="H37" s="99"/>
+      <c r="I37" s="99"/>
+      <c r="J37" s="99"/>
+      <c r="K37" s="99"/>
+      <c r="L37" s="99"/>
+      <c r="M37" s="99"/>
+      <c r="N37" s="100"/>
+    </row>
+    <row r="38" spans="1:14" ht="16.5" thickTop="1" thickBot="1">
+      <c r="A38" s="101"/>
+      <c r="B38" s="102"/>
+      <c r="C38" s="102"/>
+      <c r="D38" s="102"/>
+      <c r="E38" s="102"/>
+      <c r="F38" s="102"/>
+      <c r="G38" s="102"/>
+      <c r="H38" s="102"/>
+      <c r="I38" s="102"/>
+      <c r="J38" s="102"/>
+      <c r="K38" s="102"/>
+      <c r="L38" s="102"/>
+      <c r="M38" s="102"/>
+      <c r="N38" s="103"/>
+    </row>
+    <row r="39" spans="1:14">
+      <c r="A39" s="110"/>
+      <c r="B39" s="111"/>
+      <c r="C39" s="111"/>
+      <c r="D39" s="111"/>
+      <c r="E39" s="111"/>
+      <c r="F39" s="111"/>
+      <c r="G39" s="111"/>
+      <c r="H39" s="111"/>
+      <c r="I39" s="111"/>
+      <c r="J39" s="111"/>
+      <c r="K39" s="111"/>
+      <c r="L39" s="111"/>
+      <c r="M39" s="111"/>
+      <c r="N39" s="112"/>
+    </row>
+    <row r="40" spans="1:14">
+      <c r="A40" s="113"/>
+      <c r="B40" s="114"/>
+      <c r="C40" s="114"/>
+      <c r="D40" s="114"/>
+      <c r="E40" s="114"/>
+      <c r="F40" s="114"/>
+      <c r="G40" s="114"/>
+      <c r="H40" s="114"/>
+      <c r="I40" s="114"/>
+      <c r="J40" s="114"/>
+      <c r="K40" s="114"/>
+      <c r="L40" s="114"/>
+      <c r="M40" s="114"/>
+      <c r="N40" s="115"/>
+    </row>
+    <row r="41" spans="1:14">
+      <c r="A41" s="113"/>
+      <c r="B41" s="114"/>
+      <c r="C41" s="114"/>
+      <c r="D41" s="114"/>
+      <c r="E41" s="114"/>
+      <c r="F41" s="114"/>
+      <c r="G41" s="114"/>
+      <c r="H41" s="114"/>
+      <c r="I41" s="114"/>
+      <c r="J41" s="114"/>
+      <c r="K41" s="114"/>
+      <c r="L41" s="114"/>
+      <c r="M41" s="114"/>
+      <c r="N41" s="115"/>
+    </row>
+    <row r="42" spans="1:14">
+      <c r="A42" s="113"/>
+      <c r="B42" s="114"/>
+      <c r="C42" s="114"/>
+      <c r="D42" s="114"/>
+      <c r="E42" s="114"/>
+      <c r="F42" s="114"/>
+      <c r="G42" s="114"/>
+      <c r="H42" s="114"/>
+      <c r="I42" s="114"/>
+      <c r="J42" s="114"/>
+      <c r="K42" s="114"/>
+      <c r="L42" s="114"/>
+      <c r="M42" s="114"/>
+      <c r="N42" s="115"/>
+    </row>
+    <row r="43" spans="1:14">
+      <c r="A43" s="113"/>
+      <c r="B43" s="114"/>
+      <c r="C43" s="114"/>
+      <c r="D43" s="114"/>
+      <c r="E43" s="114"/>
+      <c r="F43" s="114"/>
+      <c r="G43" s="114"/>
+      <c r="H43" s="114"/>
+      <c r="I43" s="114"/>
+      <c r="J43" s="114"/>
+      <c r="K43" s="114"/>
+      <c r="L43" s="114"/>
+      <c r="M43" s="114"/>
+      <c r="N43" s="115"/>
+    </row>
+    <row r="44" spans="1:14">
+      <c r="A44" s="113"/>
+      <c r="B44" s="114"/>
+      <c r="C44" s="114"/>
+      <c r="D44" s="114"/>
+      <c r="E44" s="114"/>
+      <c r="F44" s="114"/>
+      <c r="G44" s="114"/>
+      <c r="H44" s="114"/>
+      <c r="I44" s="114"/>
+      <c r="J44" s="114"/>
+      <c r="K44" s="114"/>
+      <c r="L44" s="114"/>
+      <c r="M44" s="114"/>
+      <c r="N44" s="115"/>
+    </row>
+    <row r="45" spans="1:14">
+      <c r="A45" s="113"/>
+      <c r="B45" s="114"/>
+      <c r="C45" s="114"/>
+      <c r="D45" s="114"/>
+      <c r="E45" s="114"/>
+      <c r="F45" s="114"/>
+      <c r="G45" s="114"/>
+      <c r="H45" s="114"/>
+      <c r="I45" s="114"/>
+      <c r="J45" s="114"/>
+      <c r="K45" s="114"/>
+      <c r="L45" s="114"/>
+      <c r="M45" s="114"/>
+      <c r="N45" s="115"/>
+    </row>
+    <row r="46" spans="1:14">
+      <c r="A46" s="113"/>
+      <c r="B46" s="114"/>
+      <c r="C46" s="114"/>
+      <c r="D46" s="114"/>
+      <c r="E46" s="114"/>
+      <c r="F46" s="114"/>
+      <c r="G46" s="114"/>
+      <c r="H46" s="114"/>
+      <c r="I46" s="114"/>
+      <c r="J46" s="114"/>
+      <c r="K46" s="114"/>
+      <c r="L46" s="114"/>
+      <c r="M46" s="114"/>
+      <c r="N46" s="115"/>
+    </row>
+    <row r="47" spans="1:14">
+      <c r="A47" s="113"/>
+      <c r="B47" s="114"/>
+      <c r="C47" s="114"/>
+      <c r="D47" s="114"/>
+      <c r="E47" s="114"/>
+      <c r="F47" s="114"/>
+      <c r="G47" s="114"/>
+      <c r="H47" s="114"/>
+      <c r="I47" s="114"/>
+      <c r="J47" s="114"/>
+      <c r="K47" s="114"/>
+      <c r="L47" s="114"/>
+      <c r="M47" s="114"/>
+      <c r="N47" s="115"/>
+    </row>
+    <row r="48" spans="1:14">
+      <c r="A48" s="113"/>
+      <c r="B48" s="114"/>
+      <c r="C48" s="114"/>
+      <c r="D48" s="114"/>
+      <c r="E48" s="114"/>
+      <c r="F48" s="114"/>
+      <c r="G48" s="114"/>
+      <c r="H48" s="114"/>
+      <c r="I48" s="114"/>
+      <c r="J48" s="114"/>
+      <c r="K48" s="114"/>
+      <c r="L48" s="114"/>
+      <c r="M48" s="114"/>
+      <c r="N48" s="115"/>
+    </row>
+    <row r="49" spans="1:14">
+      <c r="A49" s="113"/>
+      <c r="B49" s="114"/>
+      <c r="C49" s="114"/>
+      <c r="D49" s="114"/>
+      <c r="E49" s="114"/>
+      <c r="F49" s="114"/>
+      <c r="G49" s="114"/>
+      <c r="H49" s="114"/>
+      <c r="I49" s="114"/>
+      <c r="J49" s="114"/>
+      <c r="K49" s="114"/>
+      <c r="L49" s="114"/>
+      <c r="M49" s="114"/>
+      <c r="N49" s="115"/>
+    </row>
+    <row r="50" spans="1:14">
+      <c r="A50" s="113"/>
+      <c r="B50" s="114"/>
+      <c r="C50" s="114"/>
+      <c r="D50" s="114"/>
+      <c r="E50" s="114"/>
+      <c r="F50" s="114"/>
+      <c r="G50" s="114"/>
+      <c r="H50" s="114"/>
+      <c r="I50" s="114"/>
+      <c r="J50" s="114"/>
+      <c r="K50" s="114"/>
+      <c r="L50" s="114"/>
+      <c r="M50" s="114"/>
+      <c r="N50" s="115"/>
+    </row>
+    <row r="51" spans="1:14">
+      <c r="A51" s="113"/>
+      <c r="B51" s="114"/>
+      <c r="C51" s="114"/>
+      <c r="D51" s="114"/>
+      <c r="E51" s="114"/>
+      <c r="F51" s="114"/>
+      <c r="G51" s="114"/>
+      <c r="H51" s="114"/>
+      <c r="I51" s="114"/>
+      <c r="J51" s="114"/>
+      <c r="K51" s="114"/>
+      <c r="L51" s="114"/>
+      <c r="M51" s="114"/>
+      <c r="N51" s="115"/>
+    </row>
+    <row r="52" spans="1:14">
+      <c r="A52" s="113"/>
+      <c r="B52" s="114"/>
+      <c r="C52" s="114"/>
+      <c r="D52" s="114"/>
+      <c r="E52" s="114"/>
+      <c r="F52" s="114"/>
+      <c r="G52" s="114"/>
+      <c r="H52" s="114"/>
+      <c r="I52" s="114"/>
+      <c r="J52" s="114"/>
+      <c r="K52" s="114"/>
+      <c r="L52" s="114"/>
+      <c r="M52" s="114"/>
+      <c r="N52" s="115"/>
+    </row>
+    <row r="53" spans="1:14">
+      <c r="A53" s="113"/>
+      <c r="B53" s="114"/>
+      <c r="C53" s="114"/>
+      <c r="D53" s="114"/>
+      <c r="E53" s="114"/>
+      <c r="F53" s="114"/>
+      <c r="G53" s="114"/>
+      <c r="H53" s="114"/>
+      <c r="I53" s="114"/>
+      <c r="J53" s="114"/>
+      <c r="K53" s="114"/>
+      <c r="L53" s="114"/>
+      <c r="M53" s="114"/>
+      <c r="N53" s="115"/>
+    </row>
+    <row r="54" spans="1:14">
+      <c r="A54" s="113"/>
+      <c r="B54" s="114"/>
+      <c r="C54" s="114"/>
+      <c r="D54" s="114"/>
+      <c r="E54" s="114"/>
+      <c r="F54" s="114"/>
+      <c r="G54" s="114"/>
+      <c r="H54" s="114"/>
+      <c r="I54" s="114"/>
+      <c r="J54" s="114"/>
+      <c r="K54" s="114"/>
+      <c r="L54" s="114"/>
+      <c r="M54" s="114"/>
+      <c r="N54" s="115"/>
+    </row>
+    <row r="55" spans="1:14">
+      <c r="A55" s="113"/>
+      <c r="B55" s="114"/>
+      <c r="C55" s="114"/>
+      <c r="D55" s="114"/>
+      <c r="E55" s="114"/>
+      <c r="F55" s="114"/>
+      <c r="G55" s="114"/>
+      <c r="H55" s="114"/>
+      <c r="I55" s="114"/>
+      <c r="J55" s="114"/>
+      <c r="K55" s="114"/>
+      <c r="L55" s="114"/>
+      <c r="M55" s="114"/>
+      <c r="N55" s="115"/>
+    </row>
+    <row r="56" spans="1:14">
+      <c r="A56" s="113"/>
+      <c r="B56" s="114"/>
+      <c r="C56" s="114"/>
+      <c r="D56" s="114"/>
+      <c r="E56" s="114"/>
+      <c r="F56" s="114"/>
+      <c r="G56" s="114"/>
+      <c r="H56" s="114"/>
+      <c r="I56" s="114"/>
+      <c r="J56" s="114"/>
+      <c r="K56" s="114"/>
+      <c r="L56" s="114"/>
+      <c r="M56" s="114"/>
+      <c r="N56" s="115"/>
+    </row>
+    <row r="57" spans="1:14">
+      <c r="A57" s="113"/>
+      <c r="B57" s="114"/>
+      <c r="C57" s="114"/>
+      <c r="D57" s="114"/>
+      <c r="E57" s="114"/>
+      <c r="F57" s="114"/>
+      <c r="G57" s="114"/>
+      <c r="H57" s="114"/>
+      <c r="I57" s="114"/>
+      <c r="J57" s="114"/>
+      <c r="K57" s="114"/>
+      <c r="L57" s="114"/>
+      <c r="M57" s="114"/>
+      <c r="N57" s="115"/>
+    </row>
+    <row r="58" spans="1:14">
+      <c r="A58" s="113"/>
+      <c r="B58" s="114"/>
+      <c r="C58" s="114"/>
+      <c r="D58" s="114"/>
+      <c r="E58" s="114"/>
+      <c r="F58" s="114"/>
+      <c r="G58" s="114"/>
+      <c r="H58" s="114"/>
+      <c r="I58" s="114"/>
+      <c r="J58" s="114"/>
+      <c r="K58" s="114"/>
+      <c r="L58" s="114"/>
+      <c r="M58" s="114"/>
+      <c r="N58" s="115"/>
+    </row>
+    <row r="59" spans="1:14">
+      <c r="A59" s="113"/>
+      <c r="B59" s="114"/>
+      <c r="C59" s="114"/>
+      <c r="D59" s="114"/>
+      <c r="E59" s="114"/>
+      <c r="F59" s="114"/>
+      <c r="G59" s="114"/>
+      <c r="H59" s="114"/>
+      <c r="I59" s="114"/>
+      <c r="J59" s="114"/>
+      <c r="K59" s="114"/>
+      <c r="L59" s="114"/>
+      <c r="M59" s="114"/>
+      <c r="N59" s="115"/>
+    </row>
+    <row r="60" spans="1:14">
+      <c r="A60" s="113"/>
+      <c r="B60" s="114"/>
+      <c r="C60" s="114"/>
+      <c r="D60" s="114"/>
+      <c r="E60" s="114"/>
+      <c r="F60" s="114"/>
+      <c r="G60" s="114"/>
+      <c r="H60" s="114"/>
+      <c r="I60" s="114"/>
+      <c r="J60" s="114"/>
+      <c r="K60" s="114"/>
+      <c r="L60" s="114"/>
+      <c r="M60" s="114"/>
+      <c r="N60" s="115"/>
+    </row>
+    <row r="61" spans="1:14">
+      <c r="A61" s="113"/>
+      <c r="B61" s="114"/>
+      <c r="C61" s="114"/>
+      <c r="D61" s="114"/>
+      <c r="E61" s="114"/>
+      <c r="F61" s="114"/>
+      <c r="G61" s="114"/>
+      <c r="H61" s="114"/>
+      <c r="I61" s="114"/>
+      <c r="J61" s="114"/>
+      <c r="K61" s="114"/>
+      <c r="L61" s="114"/>
+      <c r="M61" s="114"/>
+      <c r="N61" s="115"/>
+    </row>
+    <row r="62" spans="1:14">
+      <c r="A62" s="113"/>
+      <c r="B62" s="114"/>
+      <c r="C62" s="114"/>
+      <c r="D62" s="114"/>
+      <c r="E62" s="114"/>
+      <c r="F62" s="114"/>
+      <c r="G62" s="114"/>
+      <c r="H62" s="114"/>
+      <c r="I62" s="114"/>
+      <c r="J62" s="114"/>
+      <c r="K62" s="114"/>
+      <c r="L62" s="114"/>
+      <c r="M62" s="114"/>
+      <c r="N62" s="115"/>
+    </row>
+    <row r="63" spans="1:14">
+      <c r="A63" s="113"/>
+      <c r="B63" s="114"/>
+      <c r="C63" s="114"/>
+      <c r="D63" s="114"/>
+      <c r="E63" s="114"/>
+      <c r="F63" s="114"/>
+      <c r="G63" s="114"/>
+      <c r="H63" s="114"/>
+      <c r="I63" s="114"/>
+      <c r="J63" s="114"/>
+      <c r="K63" s="114"/>
+      <c r="L63" s="114"/>
+      <c r="M63" s="114"/>
+      <c r="N63" s="115"/>
+    </row>
+    <row r="64" spans="1:14">
+      <c r="A64" s="113"/>
+      <c r="B64" s="114"/>
+      <c r="C64" s="114"/>
+      <c r="D64" s="114"/>
+      <c r="E64" s="114"/>
+      <c r="F64" s="114"/>
+      <c r="G64" s="114"/>
+      <c r="H64" s="114"/>
+      <c r="I64" s="114"/>
+      <c r="J64" s="114"/>
+      <c r="K64" s="114"/>
+      <c r="L64" s="114"/>
+      <c r="M64" s="114"/>
+      <c r="N64" s="115"/>
+    </row>
+    <row r="65" spans="1:14">
+      <c r="A65" s="113"/>
+      <c r="B65" s="114"/>
+      <c r="C65" s="114"/>
+      <c r="D65" s="114"/>
+      <c r="E65" s="114"/>
+      <c r="F65" s="114"/>
+      <c r="G65" s="114"/>
+      <c r="H65" s="114"/>
+      <c r="I65" s="114"/>
+      <c r="J65" s="114"/>
+      <c r="K65" s="114"/>
+      <c r="L65" s="114"/>
+      <c r="M65" s="114"/>
+      <c r="N65" s="115"/>
+    </row>
+    <row r="66" spans="1:14">
+      <c r="A66" s="113"/>
+      <c r="B66" s="114"/>
+      <c r="C66" s="114"/>
+      <c r="D66" s="114"/>
+      <c r="E66" s="114"/>
+      <c r="F66" s="114"/>
+      <c r="G66" s="114"/>
+      <c r="H66" s="114"/>
+      <c r="I66" s="114"/>
+      <c r="J66" s="114"/>
+      <c r="K66" s="114"/>
+      <c r="L66" s="114"/>
+      <c r="M66" s="114"/>
+      <c r="N66" s="115"/>
+    </row>
+    <row r="67" spans="1:14">
+      <c r="A67" s="113"/>
+      <c r="B67" s="114"/>
+      <c r="C67" s="114"/>
+      <c r="D67" s="114"/>
+      <c r="E67" s="114"/>
+      <c r="F67" s="114"/>
+      <c r="G67" s="114"/>
+      <c r="H67" s="114"/>
+      <c r="I67" s="114"/>
+      <c r="J67" s="114"/>
+      <c r="K67" s="114"/>
+      <c r="L67" s="114"/>
+      <c r="M67" s="114"/>
+      <c r="N67" s="115"/>
+    </row>
+    <row r="68" spans="1:14">
+      <c r="A68" s="113"/>
+      <c r="B68" s="114"/>
+      <c r="C68" s="114"/>
+      <c r="D68" s="114"/>
+      <c r="E68" s="114"/>
+      <c r="F68" s="114"/>
+      <c r="G68" s="114"/>
+      <c r="H68" s="114"/>
+      <c r="I68" s="114"/>
+      <c r="J68" s="114"/>
+      <c r="K68" s="114"/>
+      <c r="L68" s="114"/>
+      <c r="M68" s="114"/>
+      <c r="N68" s="115"/>
+    </row>
+    <row r="69" spans="1:14">
+      <c r="A69" s="113"/>
+      <c r="B69" s="114"/>
+      <c r="C69" s="114"/>
+      <c r="D69" s="114"/>
+      <c r="E69" s="114"/>
+      <c r="F69" s="114"/>
+      <c r="G69" s="114"/>
+      <c r="H69" s="114"/>
+      <c r="I69" s="114"/>
+      <c r="J69" s="114"/>
+      <c r="K69" s="114"/>
+      <c r="L69" s="114"/>
+      <c r="M69" s="114"/>
+      <c r="N69" s="115"/>
+    </row>
+    <row r="70" spans="1:14">
+      <c r="A70" s="113"/>
+      <c r="B70" s="114"/>
+      <c r="C70" s="114"/>
+      <c r="D70" s="114"/>
+      <c r="E70" s="114"/>
+      <c r="F70" s="114"/>
+      <c r="G70" s="114"/>
+      <c r="H70" s="114"/>
+      <c r="I70" s="114"/>
+      <c r="J70" s="114"/>
+      <c r="K70" s="114"/>
+      <c r="L70" s="114"/>
+      <c r="M70" s="114"/>
+      <c r="N70" s="115"/>
+    </row>
+    <row r="71" spans="1:14">
+      <c r="A71" s="113"/>
+      <c r="B71" s="114"/>
+      <c r="C71" s="114"/>
+      <c r="D71" s="114"/>
+      <c r="E71" s="114"/>
+      <c r="F71" s="114"/>
+      <c r="G71" s="114"/>
+      <c r="H71" s="114"/>
+      <c r="I71" s="114"/>
+      <c r="J71" s="114"/>
+      <c r="K71" s="114"/>
+      <c r="L71" s="114"/>
+      <c r="M71" s="114"/>
+      <c r="N71" s="115"/>
+    </row>
+    <row r="72" spans="1:14" ht="15.75" thickBot="1">
+      <c r="A72" s="116"/>
+      <c r="B72" s="117"/>
+      <c r="C72" s="117"/>
+      <c r="D72" s="117"/>
+      <c r="E72" s="117"/>
+      <c r="F72" s="117"/>
+      <c r="G72" s="117"/>
+      <c r="H72" s="117"/>
+      <c r="I72" s="117"/>
+      <c r="J72" s="117"/>
+      <c r="K72" s="117"/>
+      <c r="L72" s="117"/>
+      <c r="M72" s="117"/>
+      <c r="N72" s="118"/>
+    </row>
+    <row r="73" spans="1:14" ht="15.75" thickBot="1">
+      <c r="A73" s="98" t="s">
         <v>10</v>
       </c>
-      <c r="B73" s="64"/>
-[...30 lines deleted...]
-      <c r="A75" s="108" t="s">
+      <c r="B73" s="99"/>
+      <c r="C73" s="99"/>
+      <c r="D73" s="99"/>
+      <c r="E73" s="99"/>
+      <c r="F73" s="99"/>
+      <c r="G73" s="99"/>
+      <c r="H73" s="99"/>
+      <c r="I73" s="99"/>
+      <c r="J73" s="99"/>
+      <c r="K73" s="99"/>
+      <c r="L73" s="99"/>
+      <c r="M73" s="99"/>
+      <c r="N73" s="100"/>
+    </row>
+    <row r="74" spans="1:14" ht="16.5" thickTop="1" thickBot="1">
+      <c r="A74" s="101"/>
+      <c r="B74" s="102"/>
+      <c r="C74" s="102"/>
+      <c r="D74" s="102"/>
+      <c r="E74" s="102"/>
+      <c r="F74" s="102"/>
+      <c r="G74" s="102"/>
+      <c r="H74" s="102"/>
+      <c r="I74" s="102"/>
+      <c r="J74" s="102"/>
+      <c r="K74" s="102"/>
+      <c r="L74" s="102"/>
+      <c r="M74" s="102"/>
+      <c r="N74" s="103"/>
+    </row>
+    <row r="75" spans="1:14">
+      <c r="A75" s="110" t="s">
         <v>25</v>
       </c>
-      <c r="B75" s="109"/>
-[...539 lines deleted...]
-      <c r="N108" s="116"/>
+      <c r="B75" s="111"/>
+      <c r="C75" s="111"/>
+      <c r="D75" s="111"/>
+      <c r="E75" s="111"/>
+      <c r="F75" s="111"/>
+      <c r="G75" s="111"/>
+      <c r="H75" s="111"/>
+      <c r="I75" s="111"/>
+      <c r="J75" s="111"/>
+      <c r="K75" s="111"/>
+      <c r="L75" s="111"/>
+      <c r="M75" s="111"/>
+      <c r="N75" s="112"/>
+    </row>
+    <row r="76" spans="1:14">
+      <c r="A76" s="113"/>
+      <c r="B76" s="114"/>
+      <c r="C76" s="114"/>
+      <c r="D76" s="114"/>
+      <c r="E76" s="114"/>
+      <c r="F76" s="114"/>
+      <c r="G76" s="114"/>
+      <c r="H76" s="114"/>
+      <c r="I76" s="114"/>
+      <c r="J76" s="114"/>
+      <c r="K76" s="114"/>
+      <c r="L76" s="114"/>
+      <c r="M76" s="114"/>
+      <c r="N76" s="115"/>
+    </row>
+    <row r="77" spans="1:14">
+      <c r="A77" s="113"/>
+      <c r="B77" s="114"/>
+      <c r="C77" s="114"/>
+      <c r="D77" s="114"/>
+      <c r="E77" s="114"/>
+      <c r="F77" s="114"/>
+      <c r="G77" s="114"/>
+      <c r="H77" s="114"/>
+      <c r="I77" s="114"/>
+      <c r="J77" s="114"/>
+      <c r="K77" s="114"/>
+      <c r="L77" s="114"/>
+      <c r="M77" s="114"/>
+      <c r="N77" s="115"/>
+    </row>
+    <row r="78" spans="1:14">
+      <c r="A78" s="113"/>
+      <c r="B78" s="114"/>
+      <c r="C78" s="114"/>
+      <c r="D78" s="114"/>
+      <c r="E78" s="114"/>
+      <c r="F78" s="114"/>
+      <c r="G78" s="114"/>
+      <c r="H78" s="114"/>
+      <c r="I78" s="114"/>
+      <c r="J78" s="114"/>
+      <c r="K78" s="114"/>
+      <c r="L78" s="114"/>
+      <c r="M78" s="114"/>
+      <c r="N78" s="115"/>
+    </row>
+    <row r="79" spans="1:14">
+      <c r="A79" s="113"/>
+      <c r="B79" s="114"/>
+      <c r="C79" s="114"/>
+      <c r="D79" s="114"/>
+      <c r="E79" s="114"/>
+      <c r="F79" s="114"/>
+      <c r="G79" s="114"/>
+      <c r="H79" s="114"/>
+      <c r="I79" s="114"/>
+      <c r="J79" s="114"/>
+      <c r="K79" s="114"/>
+      <c r="L79" s="114"/>
+      <c r="M79" s="114"/>
+      <c r="N79" s="115"/>
+    </row>
+    <row r="80" spans="1:14">
+      <c r="A80" s="113"/>
+      <c r="B80" s="114"/>
+      <c r="C80" s="114"/>
+      <c r="D80" s="114"/>
+      <c r="E80" s="114"/>
+      <c r="F80" s="114"/>
+      <c r="G80" s="114"/>
+      <c r="H80" s="114"/>
+      <c r="I80" s="114"/>
+      <c r="J80" s="114"/>
+      <c r="K80" s="114"/>
+      <c r="L80" s="114"/>
+      <c r="M80" s="114"/>
+      <c r="N80" s="115"/>
+    </row>
+    <row r="81" spans="1:14">
+      <c r="A81" s="113"/>
+      <c r="B81" s="114"/>
+      <c r="C81" s="114"/>
+      <c r="D81" s="114"/>
+      <c r="E81" s="114"/>
+      <c r="F81" s="114"/>
+      <c r="G81" s="114"/>
+      <c r="H81" s="114"/>
+      <c r="I81" s="114"/>
+      <c r="J81" s="114"/>
+      <c r="K81" s="114"/>
+      <c r="L81" s="114"/>
+      <c r="M81" s="114"/>
+      <c r="N81" s="115"/>
+    </row>
+    <row r="82" spans="1:14">
+      <c r="A82" s="113"/>
+      <c r="B82" s="114"/>
+      <c r="C82" s="114"/>
+      <c r="D82" s="114"/>
+      <c r="E82" s="114"/>
+      <c r="F82" s="114"/>
+      <c r="G82" s="114"/>
+      <c r="H82" s="114"/>
+      <c r="I82" s="114"/>
+      <c r="J82" s="114"/>
+      <c r="K82" s="114"/>
+      <c r="L82" s="114"/>
+      <c r="M82" s="114"/>
+      <c r="N82" s="115"/>
+    </row>
+    <row r="83" spans="1:14">
+      <c r="A83" s="113"/>
+      <c r="B83" s="114"/>
+      <c r="C83" s="114"/>
+      <c r="D83" s="114"/>
+      <c r="E83" s="114"/>
+      <c r="F83" s="114"/>
+      <c r="G83" s="114"/>
+      <c r="H83" s="114"/>
+      <c r="I83" s="114"/>
+      <c r="J83" s="114"/>
+      <c r="K83" s="114"/>
+      <c r="L83" s="114"/>
+      <c r="M83" s="114"/>
+      <c r="N83" s="115"/>
+    </row>
+    <row r="84" spans="1:14">
+      <c r="A84" s="113"/>
+      <c r="B84" s="114"/>
+      <c r="C84" s="114"/>
+      <c r="D84" s="114"/>
+      <c r="E84" s="114"/>
+      <c r="F84" s="114"/>
+      <c r="G84" s="114"/>
+      <c r="H84" s="114"/>
+      <c r="I84" s="114"/>
+      <c r="J84" s="114"/>
+      <c r="K84" s="114"/>
+      <c r="L84" s="114"/>
+      <c r="M84" s="114"/>
+      <c r="N84" s="115"/>
+    </row>
+    <row r="85" spans="1:14">
+      <c r="A85" s="113"/>
+      <c r="B85" s="114"/>
+      <c r="C85" s="114"/>
+      <c r="D85" s="114"/>
+      <c r="E85" s="114"/>
+      <c r="F85" s="114"/>
+      <c r="G85" s="114"/>
+      <c r="H85" s="114"/>
+      <c r="I85" s="114"/>
+      <c r="J85" s="114"/>
+      <c r="K85" s="114"/>
+      <c r="L85" s="114"/>
+      <c r="M85" s="114"/>
+      <c r="N85" s="115"/>
+    </row>
+    <row r="86" spans="1:14">
+      <c r="A86" s="113"/>
+      <c r="B86" s="114"/>
+      <c r="C86" s="114"/>
+      <c r="D86" s="114"/>
+      <c r="E86" s="114"/>
+      <c r="F86" s="114"/>
+      <c r="G86" s="114"/>
+      <c r="H86" s="114"/>
+      <c r="I86" s="114"/>
+      <c r="J86" s="114"/>
+      <c r="K86" s="114"/>
+      <c r="L86" s="114"/>
+      <c r="M86" s="114"/>
+      <c r="N86" s="115"/>
+    </row>
+    <row r="87" spans="1:14">
+      <c r="A87" s="113"/>
+      <c r="B87" s="114"/>
+      <c r="C87" s="114"/>
+      <c r="D87" s="114"/>
+      <c r="E87" s="114"/>
+      <c r="F87" s="114"/>
+      <c r="G87" s="114"/>
+      <c r="H87" s="114"/>
+      <c r="I87" s="114"/>
+      <c r="J87" s="114"/>
+      <c r="K87" s="114"/>
+      <c r="L87" s="114"/>
+      <c r="M87" s="114"/>
+      <c r="N87" s="115"/>
+    </row>
+    <row r="88" spans="1:14">
+      <c r="A88" s="113"/>
+      <c r="B88" s="114"/>
+      <c r="C88" s="114"/>
+      <c r="D88" s="114"/>
+      <c r="E88" s="114"/>
+      <c r="F88" s="114"/>
+      <c r="G88" s="114"/>
+      <c r="H88" s="114"/>
+      <c r="I88" s="114"/>
+      <c r="J88" s="114"/>
+      <c r="K88" s="114"/>
+      <c r="L88" s="114"/>
+      <c r="M88" s="114"/>
+      <c r="N88" s="115"/>
+    </row>
+    <row r="89" spans="1:14">
+      <c r="A89" s="113"/>
+      <c r="B89" s="114"/>
+      <c r="C89" s="114"/>
+      <c r="D89" s="114"/>
+      <c r="E89" s="114"/>
+      <c r="F89" s="114"/>
+      <c r="G89" s="114"/>
+      <c r="H89" s="114"/>
+      <c r="I89" s="114"/>
+      <c r="J89" s="114"/>
+      <c r="K89" s="114"/>
+      <c r="L89" s="114"/>
+      <c r="M89" s="114"/>
+      <c r="N89" s="115"/>
+    </row>
+    <row r="90" spans="1:14">
+      <c r="A90" s="113"/>
+      <c r="B90" s="114"/>
+      <c r="C90" s="114"/>
+      <c r="D90" s="114"/>
+      <c r="E90" s="114"/>
+      <c r="F90" s="114"/>
+      <c r="G90" s="114"/>
+      <c r="H90" s="114"/>
+      <c r="I90" s="114"/>
+      <c r="J90" s="114"/>
+      <c r="K90" s="114"/>
+      <c r="L90" s="114"/>
+      <c r="M90" s="114"/>
+      <c r="N90" s="115"/>
+    </row>
+    <row r="91" spans="1:14">
+      <c r="A91" s="113"/>
+      <c r="B91" s="114"/>
+      <c r="C91" s="114"/>
+      <c r="D91" s="114"/>
+      <c r="E91" s="114"/>
+      <c r="F91" s="114"/>
+      <c r="G91" s="114"/>
+      <c r="H91" s="114"/>
+      <c r="I91" s="114"/>
+      <c r="J91" s="114"/>
+      <c r="K91" s="114"/>
+      <c r="L91" s="114"/>
+      <c r="M91" s="114"/>
+      <c r="N91" s="115"/>
+    </row>
+    <row r="92" spans="1:14">
+      <c r="A92" s="113"/>
+      <c r="B92" s="114"/>
+      <c r="C92" s="114"/>
+      <c r="D92" s="114"/>
+      <c r="E92" s="114"/>
+      <c r="F92" s="114"/>
+      <c r="G92" s="114"/>
+      <c r="H92" s="114"/>
+      <c r="I92" s="114"/>
+      <c r="J92" s="114"/>
+      <c r="K92" s="114"/>
+      <c r="L92" s="114"/>
+      <c r="M92" s="114"/>
+      <c r="N92" s="115"/>
+    </row>
+    <row r="93" spans="1:14">
+      <c r="A93" s="113"/>
+      <c r="B93" s="114"/>
+      <c r="C93" s="114"/>
+      <c r="D93" s="114"/>
+      <c r="E93" s="114"/>
+      <c r="F93" s="114"/>
+      <c r="G93" s="114"/>
+      <c r="H93" s="114"/>
+      <c r="I93" s="114"/>
+      <c r="J93" s="114"/>
+      <c r="K93" s="114"/>
+      <c r="L93" s="114"/>
+      <c r="M93" s="114"/>
+      <c r="N93" s="115"/>
+    </row>
+    <row r="94" spans="1:14">
+      <c r="A94" s="113"/>
+      <c r="B94" s="114"/>
+      <c r="C94" s="114"/>
+      <c r="D94" s="114"/>
+      <c r="E94" s="114"/>
+      <c r="F94" s="114"/>
+      <c r="G94" s="114"/>
+      <c r="H94" s="114"/>
+      <c r="I94" s="114"/>
+      <c r="J94" s="114"/>
+      <c r="K94" s="114"/>
+      <c r="L94" s="114"/>
+      <c r="M94" s="114"/>
+      <c r="N94" s="115"/>
+    </row>
+    <row r="95" spans="1:14">
+      <c r="A95" s="113"/>
+      <c r="B95" s="114"/>
+      <c r="C95" s="114"/>
+      <c r="D95" s="114"/>
+      <c r="E95" s="114"/>
+      <c r="F95" s="114"/>
+      <c r="G95" s="114"/>
+      <c r="H95" s="114"/>
+      <c r="I95" s="114"/>
+      <c r="J95" s="114"/>
+      <c r="K95" s="114"/>
+      <c r="L95" s="114"/>
+      <c r="M95" s="114"/>
+      <c r="N95" s="115"/>
+    </row>
+    <row r="96" spans="1:14">
+      <c r="A96" s="113"/>
+      <c r="B96" s="114"/>
+      <c r="C96" s="114"/>
+      <c r="D96" s="114"/>
+      <c r="E96" s="114"/>
+      <c r="F96" s="114"/>
+      <c r="G96" s="114"/>
+      <c r="H96" s="114"/>
+      <c r="I96" s="114"/>
+      <c r="J96" s="114"/>
+      <c r="K96" s="114"/>
+      <c r="L96" s="114"/>
+      <c r="M96" s="114"/>
+      <c r="N96" s="115"/>
+    </row>
+    <row r="97" spans="1:14">
+      <c r="A97" s="113"/>
+      <c r="B97" s="114"/>
+      <c r="C97" s="114"/>
+      <c r="D97" s="114"/>
+      <c r="E97" s="114"/>
+      <c r="F97" s="114"/>
+      <c r="G97" s="114"/>
+      <c r="H97" s="114"/>
+      <c r="I97" s="114"/>
+      <c r="J97" s="114"/>
+      <c r="K97" s="114"/>
+      <c r="L97" s="114"/>
+      <c r="M97" s="114"/>
+      <c r="N97" s="115"/>
+    </row>
+    <row r="98" spans="1:14">
+      <c r="A98" s="113"/>
+      <c r="B98" s="114"/>
+      <c r="C98" s="114"/>
+      <c r="D98" s="114"/>
+      <c r="E98" s="114"/>
+      <c r="F98" s="114"/>
+      <c r="G98" s="114"/>
+      <c r="H98" s="114"/>
+      <c r="I98" s="114"/>
+      <c r="J98" s="114"/>
+      <c r="K98" s="114"/>
+      <c r="L98" s="114"/>
+      <c r="M98" s="114"/>
+      <c r="N98" s="115"/>
+    </row>
+    <row r="99" spans="1:14">
+      <c r="A99" s="113"/>
+      <c r="B99" s="114"/>
+      <c r="C99" s="114"/>
+      <c r="D99" s="114"/>
+      <c r="E99" s="114"/>
+      <c r="F99" s="114"/>
+      <c r="G99" s="114"/>
+      <c r="H99" s="114"/>
+      <c r="I99" s="114"/>
+      <c r="J99" s="114"/>
+      <c r="K99" s="114"/>
+      <c r="L99" s="114"/>
+      <c r="M99" s="114"/>
+      <c r="N99" s="115"/>
+    </row>
+    <row r="100" spans="1:14">
+      <c r="A100" s="113"/>
+      <c r="B100" s="114"/>
+      <c r="C100" s="114"/>
+      <c r="D100" s="114"/>
+      <c r="E100" s="114"/>
+      <c r="F100" s="114"/>
+      <c r="G100" s="114"/>
+      <c r="H100" s="114"/>
+      <c r="I100" s="114"/>
+      <c r="J100" s="114"/>
+      <c r="K100" s="114"/>
+      <c r="L100" s="114"/>
+      <c r="M100" s="114"/>
+      <c r="N100" s="115"/>
+    </row>
+    <row r="101" spans="1:14">
+      <c r="A101" s="113"/>
+      <c r="B101" s="114"/>
+      <c r="C101" s="114"/>
+      <c r="D101" s="114"/>
+      <c r="E101" s="114"/>
+      <c r="F101" s="114"/>
+      <c r="G101" s="114"/>
+      <c r="H101" s="114"/>
+      <c r="I101" s="114"/>
+      <c r="J101" s="114"/>
+      <c r="K101" s="114"/>
+      <c r="L101" s="114"/>
+      <c r="M101" s="114"/>
+      <c r="N101" s="115"/>
+    </row>
+    <row r="102" spans="1:14">
+      <c r="A102" s="113"/>
+      <c r="B102" s="114"/>
+      <c r="C102" s="114"/>
+      <c r="D102" s="114"/>
+      <c r="E102" s="114"/>
+      <c r="F102" s="114"/>
+      <c r="G102" s="114"/>
+      <c r="H102" s="114"/>
+      <c r="I102" s="114"/>
+      <c r="J102" s="114"/>
+      <c r="K102" s="114"/>
+      <c r="L102" s="114"/>
+      <c r="M102" s="114"/>
+      <c r="N102" s="115"/>
+    </row>
+    <row r="103" spans="1:14">
+      <c r="A103" s="113"/>
+      <c r="B103" s="114"/>
+      <c r="C103" s="114"/>
+      <c r="D103" s="114"/>
+      <c r="E103" s="114"/>
+      <c r="F103" s="114"/>
+      <c r="G103" s="114"/>
+      <c r="H103" s="114"/>
+      <c r="I103" s="114"/>
+      <c r="J103" s="114"/>
+      <c r="K103" s="114"/>
+      <c r="L103" s="114"/>
+      <c r="M103" s="114"/>
+      <c r="N103" s="115"/>
+    </row>
+    <row r="104" spans="1:14">
+      <c r="A104" s="113"/>
+      <c r="B104" s="114"/>
+      <c r="C104" s="114"/>
+      <c r="D104" s="114"/>
+      <c r="E104" s="114"/>
+      <c r="F104" s="114"/>
+      <c r="G104" s="114"/>
+      <c r="H104" s="114"/>
+      <c r="I104" s="114"/>
+      <c r="J104" s="114"/>
+      <c r="K104" s="114"/>
+      <c r="L104" s="114"/>
+      <c r="M104" s="114"/>
+      <c r="N104" s="115"/>
+    </row>
+    <row r="105" spans="1:14">
+      <c r="A105" s="113"/>
+      <c r="B105" s="114"/>
+      <c r="C105" s="114"/>
+      <c r="D105" s="114"/>
+      <c r="E105" s="114"/>
+      <c r="F105" s="114"/>
+      <c r="G105" s="114"/>
+      <c r="H105" s="114"/>
+      <c r="I105" s="114"/>
+      <c r="J105" s="114"/>
+      <c r="K105" s="114"/>
+      <c r="L105" s="114"/>
+      <c r="M105" s="114"/>
+      <c r="N105" s="115"/>
+    </row>
+    <row r="106" spans="1:14">
+      <c r="A106" s="113"/>
+      <c r="B106" s="114"/>
+      <c r="C106" s="114"/>
+      <c r="D106" s="114"/>
+      <c r="E106" s="114"/>
+      <c r="F106" s="114"/>
+      <c r="G106" s="114"/>
+      <c r="H106" s="114"/>
+      <c r="I106" s="114"/>
+      <c r="J106" s="114"/>
+      <c r="K106" s="114"/>
+      <c r="L106" s="114"/>
+      <c r="M106" s="114"/>
+      <c r="N106" s="115"/>
+    </row>
+    <row r="107" spans="1:14">
+      <c r="A107" s="113"/>
+      <c r="B107" s="114"/>
+      <c r="C107" s="114"/>
+      <c r="D107" s="114"/>
+      <c r="E107" s="114"/>
+      <c r="F107" s="114"/>
+      <c r="G107" s="114"/>
+      <c r="H107" s="114"/>
+      <c r="I107" s="114"/>
+      <c r="J107" s="114"/>
+      <c r="K107" s="114"/>
+      <c r="L107" s="114"/>
+      <c r="M107" s="114"/>
+      <c r="N107" s="115"/>
+    </row>
+    <row r="108" spans="1:14" ht="15.75" thickBot="1">
+      <c r="A108" s="116"/>
+      <c r="B108" s="117"/>
+      <c r="C108" s="117"/>
+      <c r="D108" s="117"/>
+      <c r="E108" s="117"/>
+      <c r="F108" s="117"/>
+      <c r="G108" s="117"/>
+      <c r="H108" s="117"/>
+      <c r="I108" s="117"/>
+      <c r="J108" s="117"/>
+      <c r="K108" s="117"/>
+      <c r="L108" s="117"/>
+      <c r="M108" s="117"/>
+      <c r="N108" s="118"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A75:N108"/>
     <mergeCell ref="A1:N2"/>
     <mergeCell ref="A3:N36"/>
     <mergeCell ref="A37:N38"/>
     <mergeCell ref="A39:N72"/>
     <mergeCell ref="A73:N74"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1BD64634-3427-4EF7-A1BD-FA714E98C0A6}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <tabColor theme="0"/>
   </sheetPr>
   <dimension ref="A1:N180"/>
   <sheetViews>
     <sheetView topLeftCell="A21" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A3" sqref="A3:N36"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="14" width="9.81640625" customWidth="1"/>
+    <col min="1" max="14" width="9.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="63" t="s">
+    <row r="1" spans="1:14" ht="15.75" thickBot="1">
+      <c r="A1" s="98" t="s">
         <v>11</v>
       </c>
-      <c r="B1" s="64"/>
-[...30 lines deleted...]
-      <c r="A3" s="108" t="s">
+      <c r="B1" s="99"/>
+      <c r="C1" s="99"/>
+      <c r="D1" s="99"/>
+      <c r="E1" s="99"/>
+      <c r="F1" s="99"/>
+      <c r="G1" s="99"/>
+      <c r="H1" s="99"/>
+      <c r="I1" s="99"/>
+      <c r="J1" s="99"/>
+      <c r="K1" s="99"/>
+      <c r="L1" s="99"/>
+      <c r="M1" s="99"/>
+      <c r="N1" s="100"/>
+    </row>
+    <row r="2" spans="1:14" ht="16.5" thickTop="1" thickBot="1">
+      <c r="A2" s="119"/>
+      <c r="B2" s="120"/>
+      <c r="C2" s="120"/>
+      <c r="D2" s="120"/>
+      <c r="E2" s="120"/>
+      <c r="F2" s="120"/>
+      <c r="G2" s="120"/>
+      <c r="H2" s="120"/>
+      <c r="I2" s="120"/>
+      <c r="J2" s="120"/>
+      <c r="K2" s="120"/>
+      <c r="L2" s="120"/>
+      <c r="M2" s="120"/>
+      <c r="N2" s="121"/>
+    </row>
+    <row r="3" spans="1:14">
+      <c r="A3" s="110" t="s">
         <v>118</v>
       </c>
-      <c r="B3" s="109"/>
-[...542 lines deleted...]
-      <c r="A37" s="63" t="s">
+      <c r="B3" s="111"/>
+      <c r="C3" s="111"/>
+      <c r="D3" s="111"/>
+      <c r="E3" s="111"/>
+      <c r="F3" s="111"/>
+      <c r="G3" s="111"/>
+      <c r="H3" s="111"/>
+      <c r="I3" s="111"/>
+      <c r="J3" s="111"/>
+      <c r="K3" s="111"/>
+      <c r="L3" s="111"/>
+      <c r="M3" s="111"/>
+      <c r="N3" s="112"/>
+    </row>
+    <row r="4" spans="1:14">
+      <c r="A4" s="113"/>
+      <c r="B4" s="114"/>
+      <c r="C4" s="114"/>
+      <c r="D4" s="114"/>
+      <c r="E4" s="114"/>
+      <c r="F4" s="114"/>
+      <c r="G4" s="114"/>
+      <c r="H4" s="114"/>
+      <c r="I4" s="114"/>
+      <c r="J4" s="114"/>
+      <c r="K4" s="114"/>
+      <c r="L4" s="114"/>
+      <c r="M4" s="114"/>
+      <c r="N4" s="115"/>
+    </row>
+    <row r="5" spans="1:14">
+      <c r="A5" s="113"/>
+      <c r="B5" s="114"/>
+      <c r="C5" s="114"/>
+      <c r="D5" s="114"/>
+      <c r="E5" s="114"/>
+      <c r="F5" s="114"/>
+      <c r="G5" s="114"/>
+      <c r="H5" s="114"/>
+      <c r="I5" s="114"/>
+      <c r="J5" s="114"/>
+      <c r="K5" s="114"/>
+      <c r="L5" s="114"/>
+      <c r="M5" s="114"/>
+      <c r="N5" s="115"/>
+    </row>
+    <row r="6" spans="1:14">
+      <c r="A6" s="113"/>
+      <c r="B6" s="114"/>
+      <c r="C6" s="114"/>
+      <c r="D6" s="114"/>
+      <c r="E6" s="114"/>
+      <c r="F6" s="114"/>
+      <c r="G6" s="114"/>
+      <c r="H6" s="114"/>
+      <c r="I6" s="114"/>
+      <c r="J6" s="114"/>
+      <c r="K6" s="114"/>
+      <c r="L6" s="114"/>
+      <c r="M6" s="114"/>
+      <c r="N6" s="115"/>
+    </row>
+    <row r="7" spans="1:14">
+      <c r="A7" s="113"/>
+      <c r="B7" s="114"/>
+      <c r="C7" s="114"/>
+      <c r="D7" s="114"/>
+      <c r="E7" s="114"/>
+      <c r="F7" s="114"/>
+      <c r="G7" s="114"/>
+      <c r="H7" s="114"/>
+      <c r="I7" s="114"/>
+      <c r="J7" s="114"/>
+      <c r="K7" s="114"/>
+      <c r="L7" s="114"/>
+      <c r="M7" s="114"/>
+      <c r="N7" s="115"/>
+    </row>
+    <row r="8" spans="1:14">
+      <c r="A8" s="113"/>
+      <c r="B8" s="114"/>
+      <c r="C8" s="114"/>
+      <c r="D8" s="114"/>
+      <c r="E8" s="114"/>
+      <c r="F8" s="114"/>
+      <c r="G8" s="114"/>
+      <c r="H8" s="114"/>
+      <c r="I8" s="114"/>
+      <c r="J8" s="114"/>
+      <c r="K8" s="114"/>
+      <c r="L8" s="114"/>
+      <c r="M8" s="114"/>
+      <c r="N8" s="115"/>
+    </row>
+    <row r="9" spans="1:14">
+      <c r="A9" s="113"/>
+      <c r="B9" s="114"/>
+      <c r="C9" s="114"/>
+      <c r="D9" s="114"/>
+      <c r="E9" s="114"/>
+      <c r="F9" s="114"/>
+      <c r="G9" s="114"/>
+      <c r="H9" s="114"/>
+      <c r="I9" s="114"/>
+      <c r="J9" s="114"/>
+      <c r="K9" s="114"/>
+      <c r="L9" s="114"/>
+      <c r="M9" s="114"/>
+      <c r="N9" s="115"/>
+    </row>
+    <row r="10" spans="1:14">
+      <c r="A10" s="113"/>
+      <c r="B10" s="114"/>
+      <c r="C10" s="114"/>
+      <c r="D10" s="114"/>
+      <c r="E10" s="114"/>
+      <c r="F10" s="114"/>
+      <c r="G10" s="114"/>
+      <c r="H10" s="114"/>
+      <c r="I10" s="114"/>
+      <c r="J10" s="114"/>
+      <c r="K10" s="114"/>
+      <c r="L10" s="114"/>
+      <c r="M10" s="114"/>
+      <c r="N10" s="115"/>
+    </row>
+    <row r="11" spans="1:14">
+      <c r="A11" s="113"/>
+      <c r="B11" s="114"/>
+      <c r="C11" s="114"/>
+      <c r="D11" s="114"/>
+      <c r="E11" s="114"/>
+      <c r="F11" s="114"/>
+      <c r="G11" s="114"/>
+      <c r="H11" s="114"/>
+      <c r="I11" s="114"/>
+      <c r="J11" s="114"/>
+      <c r="K11" s="114"/>
+      <c r="L11" s="114"/>
+      <c r="M11" s="114"/>
+      <c r="N11" s="115"/>
+    </row>
+    <row r="12" spans="1:14">
+      <c r="A12" s="113"/>
+      <c r="B12" s="114"/>
+      <c r="C12" s="114"/>
+      <c r="D12" s="114"/>
+      <c r="E12" s="114"/>
+      <c r="F12" s="114"/>
+      <c r="G12" s="114"/>
+      <c r="H12" s="114"/>
+      <c r="I12" s="114"/>
+      <c r="J12" s="114"/>
+      <c r="K12" s="114"/>
+      <c r="L12" s="114"/>
+      <c r="M12" s="114"/>
+      <c r="N12" s="115"/>
+    </row>
+    <row r="13" spans="1:14">
+      <c r="A13" s="113"/>
+      <c r="B13" s="114"/>
+      <c r="C13" s="114"/>
+      <c r="D13" s="114"/>
+      <c r="E13" s="114"/>
+      <c r="F13" s="114"/>
+      <c r="G13" s="114"/>
+      <c r="H13" s="114"/>
+      <c r="I13" s="114"/>
+      <c r="J13" s="114"/>
+      <c r="K13" s="114"/>
+      <c r="L13" s="114"/>
+      <c r="M13" s="114"/>
+      <c r="N13" s="115"/>
+    </row>
+    <row r="14" spans="1:14">
+      <c r="A14" s="113"/>
+      <c r="B14" s="114"/>
+      <c r="C14" s="114"/>
+      <c r="D14" s="114"/>
+      <c r="E14" s="114"/>
+      <c r="F14" s="114"/>
+      <c r="G14" s="114"/>
+      <c r="H14" s="114"/>
+      <c r="I14" s="114"/>
+      <c r="J14" s="114"/>
+      <c r="K14" s="114"/>
+      <c r="L14" s="114"/>
+      <c r="M14" s="114"/>
+      <c r="N14" s="115"/>
+    </row>
+    <row r="15" spans="1:14">
+      <c r="A15" s="113"/>
+      <c r="B15" s="114"/>
+      <c r="C15" s="114"/>
+      <c r="D15" s="114"/>
+      <c r="E15" s="114"/>
+      <c r="F15" s="114"/>
+      <c r="G15" s="114"/>
+      <c r="H15" s="114"/>
+      <c r="I15" s="114"/>
+      <c r="J15" s="114"/>
+      <c r="K15" s="114"/>
+      <c r="L15" s="114"/>
+      <c r="M15" s="114"/>
+      <c r="N15" s="115"/>
+    </row>
+    <row r="16" spans="1:14">
+      <c r="A16" s="113"/>
+      <c r="B16" s="114"/>
+      <c r="C16" s="114"/>
+      <c r="D16" s="114"/>
+      <c r="E16" s="114"/>
+      <c r="F16" s="114"/>
+      <c r="G16" s="114"/>
+      <c r="H16" s="114"/>
+      <c r="I16" s="114"/>
+      <c r="J16" s="114"/>
+      <c r="K16" s="114"/>
+      <c r="L16" s="114"/>
+      <c r="M16" s="114"/>
+      <c r="N16" s="115"/>
+    </row>
+    <row r="17" spans="1:14">
+      <c r="A17" s="113"/>
+      <c r="B17" s="114"/>
+      <c r="C17" s="114"/>
+      <c r="D17" s="114"/>
+      <c r="E17" s="114"/>
+      <c r="F17" s="114"/>
+      <c r="G17" s="114"/>
+      <c r="H17" s="114"/>
+      <c r="I17" s="114"/>
+      <c r="J17" s="114"/>
+      <c r="K17" s="114"/>
+      <c r="L17" s="114"/>
+      <c r="M17" s="114"/>
+      <c r="N17" s="115"/>
+    </row>
+    <row r="18" spans="1:14">
+      <c r="A18" s="113"/>
+      <c r="B18" s="114"/>
+      <c r="C18" s="114"/>
+      <c r="D18" s="114"/>
+      <c r="E18" s="114"/>
+      <c r="F18" s="114"/>
+      <c r="G18" s="114"/>
+      <c r="H18" s="114"/>
+      <c r="I18" s="114"/>
+      <c r="J18" s="114"/>
+      <c r="K18" s="114"/>
+      <c r="L18" s="114"/>
+      <c r="M18" s="114"/>
+      <c r="N18" s="115"/>
+    </row>
+    <row r="19" spans="1:14">
+      <c r="A19" s="113"/>
+      <c r="B19" s="114"/>
+      <c r="C19" s="114"/>
+      <c r="D19" s="114"/>
+      <c r="E19" s="114"/>
+      <c r="F19" s="114"/>
+      <c r="G19" s="114"/>
+      <c r="H19" s="114"/>
+      <c r="I19" s="114"/>
+      <c r="J19" s="114"/>
+      <c r="K19" s="114"/>
+      <c r="L19" s="114"/>
+      <c r="M19" s="114"/>
+      <c r="N19" s="115"/>
+    </row>
+    <row r="20" spans="1:14">
+      <c r="A20" s="113"/>
+      <c r="B20" s="114"/>
+      <c r="C20" s="114"/>
+      <c r="D20" s="114"/>
+      <c r="E20" s="114"/>
+      <c r="F20" s="114"/>
+      <c r="G20" s="114"/>
+      <c r="H20" s="114"/>
+      <c r="I20" s="114"/>
+      <c r="J20" s="114"/>
+      <c r="K20" s="114"/>
+      <c r="L20" s="114"/>
+      <c r="M20" s="114"/>
+      <c r="N20" s="115"/>
+    </row>
+    <row r="21" spans="1:14">
+      <c r="A21" s="113"/>
+      <c r="B21" s="114"/>
+      <c r="C21" s="114"/>
+      <c r="D21" s="114"/>
+      <c r="E21" s="114"/>
+      <c r="F21" s="114"/>
+      <c r="G21" s="114"/>
+      <c r="H21" s="114"/>
+      <c r="I21" s="114"/>
+      <c r="J21" s="114"/>
+      <c r="K21" s="114"/>
+      <c r="L21" s="114"/>
+      <c r="M21" s="114"/>
+      <c r="N21" s="115"/>
+    </row>
+    <row r="22" spans="1:14">
+      <c r="A22" s="113"/>
+      <c r="B22" s="114"/>
+      <c r="C22" s="114"/>
+      <c r="D22" s="114"/>
+      <c r="E22" s="114"/>
+      <c r="F22" s="114"/>
+      <c r="G22" s="114"/>
+      <c r="H22" s="114"/>
+      <c r="I22" s="114"/>
+      <c r="J22" s="114"/>
+      <c r="K22" s="114"/>
+      <c r="L22" s="114"/>
+      <c r="M22" s="114"/>
+      <c r="N22" s="115"/>
+    </row>
+    <row r="23" spans="1:14">
+      <c r="A23" s="113"/>
+      <c r="B23" s="114"/>
+      <c r="C23" s="114"/>
+      <c r="D23" s="114"/>
+      <c r="E23" s="114"/>
+      <c r="F23" s="114"/>
+      <c r="G23" s="114"/>
+      <c r="H23" s="114"/>
+      <c r="I23" s="114"/>
+      <c r="J23" s="114"/>
+      <c r="K23" s="114"/>
+      <c r="L23" s="114"/>
+      <c r="M23" s="114"/>
+      <c r="N23" s="115"/>
+    </row>
+    <row r="24" spans="1:14">
+      <c r="A24" s="113"/>
+      <c r="B24" s="114"/>
+      <c r="C24" s="114"/>
+      <c r="D24" s="114"/>
+      <c r="E24" s="114"/>
+      <c r="F24" s="114"/>
+      <c r="G24" s="114"/>
+      <c r="H24" s="114"/>
+      <c r="I24" s="114"/>
+      <c r="J24" s="114"/>
+      <c r="K24" s="114"/>
+      <c r="L24" s="114"/>
+      <c r="M24" s="114"/>
+      <c r="N24" s="115"/>
+    </row>
+    <row r="25" spans="1:14">
+      <c r="A25" s="113"/>
+      <c r="B25" s="114"/>
+      <c r="C25" s="114"/>
+      <c r="D25" s="114"/>
+      <c r="E25" s="114"/>
+      <c r="F25" s="114"/>
+      <c r="G25" s="114"/>
+      <c r="H25" s="114"/>
+      <c r="I25" s="114"/>
+      <c r="J25" s="114"/>
+      <c r="K25" s="114"/>
+      <c r="L25" s="114"/>
+      <c r="M25" s="114"/>
+      <c r="N25" s="115"/>
+    </row>
+    <row r="26" spans="1:14">
+      <c r="A26" s="113"/>
+      <c r="B26" s="114"/>
+      <c r="C26" s="114"/>
+      <c r="D26" s="114"/>
+      <c r="E26" s="114"/>
+      <c r="F26" s="114"/>
+      <c r="G26" s="114"/>
+      <c r="H26" s="114"/>
+      <c r="I26" s="114"/>
+      <c r="J26" s="114"/>
+      <c r="K26" s="114"/>
+      <c r="L26" s="114"/>
+      <c r="M26" s="114"/>
+      <c r="N26" s="115"/>
+    </row>
+    <row r="27" spans="1:14">
+      <c r="A27" s="113"/>
+      <c r="B27" s="114"/>
+      <c r="C27" s="114"/>
+      <c r="D27" s="114"/>
+      <c r="E27" s="114"/>
+      <c r="F27" s="114"/>
+      <c r="G27" s="114"/>
+      <c r="H27" s="114"/>
+      <c r="I27" s="114"/>
+      <c r="J27" s="114"/>
+      <c r="K27" s="114"/>
+      <c r="L27" s="114"/>
+      <c r="M27" s="114"/>
+      <c r="N27" s="115"/>
+    </row>
+    <row r="28" spans="1:14">
+      <c r="A28" s="113"/>
+      <c r="B28" s="114"/>
+      <c r="C28" s="114"/>
+      <c r="D28" s="114"/>
+      <c r="E28" s="114"/>
+      <c r="F28" s="114"/>
+      <c r="G28" s="114"/>
+      <c r="H28" s="114"/>
+      <c r="I28" s="114"/>
+      <c r="J28" s="114"/>
+      <c r="K28" s="114"/>
+      <c r="L28" s="114"/>
+      <c r="M28" s="114"/>
+      <c r="N28" s="115"/>
+    </row>
+    <row r="29" spans="1:14">
+      <c r="A29" s="113"/>
+      <c r="B29" s="114"/>
+      <c r="C29" s="114"/>
+      <c r="D29" s="114"/>
+      <c r="E29" s="114"/>
+      <c r="F29" s="114"/>
+      <c r="G29" s="114"/>
+      <c r="H29" s="114"/>
+      <c r="I29" s="114"/>
+      <c r="J29" s="114"/>
+      <c r="K29" s="114"/>
+      <c r="L29" s="114"/>
+      <c r="M29" s="114"/>
+      <c r="N29" s="115"/>
+    </row>
+    <row r="30" spans="1:14">
+      <c r="A30" s="113"/>
+      <c r="B30" s="114"/>
+      <c r="C30" s="114"/>
+      <c r="D30" s="114"/>
+      <c r="E30" s="114"/>
+      <c r="F30" s="114"/>
+      <c r="G30" s="114"/>
+      <c r="H30" s="114"/>
+      <c r="I30" s="114"/>
+      <c r="J30" s="114"/>
+      <c r="K30" s="114"/>
+      <c r="L30" s="114"/>
+      <c r="M30" s="114"/>
+      <c r="N30" s="115"/>
+    </row>
+    <row r="31" spans="1:14">
+      <c r="A31" s="113"/>
+      <c r="B31" s="114"/>
+      <c r="C31" s="114"/>
+      <c r="D31" s="114"/>
+      <c r="E31" s="114"/>
+      <c r="F31" s="114"/>
+      <c r="G31" s="114"/>
+      <c r="H31" s="114"/>
+      <c r="I31" s="114"/>
+      <c r="J31" s="114"/>
+      <c r="K31" s="114"/>
+      <c r="L31" s="114"/>
+      <c r="M31" s="114"/>
+      <c r="N31" s="115"/>
+    </row>
+    <row r="32" spans="1:14">
+      <c r="A32" s="113"/>
+      <c r="B32" s="114"/>
+      <c r="C32" s="114"/>
+      <c r="D32" s="114"/>
+      <c r="E32" s="114"/>
+      <c r="F32" s="114"/>
+      <c r="G32" s="114"/>
+      <c r="H32" s="114"/>
+      <c r="I32" s="114"/>
+      <c r="J32" s="114"/>
+      <c r="K32" s="114"/>
+      <c r="L32" s="114"/>
+      <c r="M32" s="114"/>
+      <c r="N32" s="115"/>
+    </row>
+    <row r="33" spans="1:14">
+      <c r="A33" s="113"/>
+      <c r="B33" s="114"/>
+      <c r="C33" s="114"/>
+      <c r="D33" s="114"/>
+      <c r="E33" s="114"/>
+      <c r="F33" s="114"/>
+      <c r="G33" s="114"/>
+      <c r="H33" s="114"/>
+      <c r="I33" s="114"/>
+      <c r="J33" s="114"/>
+      <c r="K33" s="114"/>
+      <c r="L33" s="114"/>
+      <c r="M33" s="114"/>
+      <c r="N33" s="115"/>
+    </row>
+    <row r="34" spans="1:14">
+      <c r="A34" s="113"/>
+      <c r="B34" s="114"/>
+      <c r="C34" s="114"/>
+      <c r="D34" s="114"/>
+      <c r="E34" s="114"/>
+      <c r="F34" s="114"/>
+      <c r="G34" s="114"/>
+      <c r="H34" s="114"/>
+      <c r="I34" s="114"/>
+      <c r="J34" s="114"/>
+      <c r="K34" s="114"/>
+      <c r="L34" s="114"/>
+      <c r="M34" s="114"/>
+      <c r="N34" s="115"/>
+    </row>
+    <row r="35" spans="1:14">
+      <c r="A35" s="113"/>
+      <c r="B35" s="114"/>
+      <c r="C35" s="114"/>
+      <c r="D35" s="114"/>
+      <c r="E35" s="114"/>
+      <c r="F35" s="114"/>
+      <c r="G35" s="114"/>
+      <c r="H35" s="114"/>
+      <c r="I35" s="114"/>
+      <c r="J35" s="114"/>
+      <c r="K35" s="114"/>
+      <c r="L35" s="114"/>
+      <c r="M35" s="114"/>
+      <c r="N35" s="115"/>
+    </row>
+    <row r="36" spans="1:14" ht="15.75" thickBot="1">
+      <c r="A36" s="116"/>
+      <c r="B36" s="117"/>
+      <c r="C36" s="117"/>
+      <c r="D36" s="117"/>
+      <c r="E36" s="117"/>
+      <c r="F36" s="117"/>
+      <c r="G36" s="117"/>
+      <c r="H36" s="117"/>
+      <c r="I36" s="117"/>
+      <c r="J36" s="117"/>
+      <c r="K36" s="117"/>
+      <c r="L36" s="117"/>
+      <c r="M36" s="117"/>
+      <c r="N36" s="118"/>
+    </row>
+    <row r="37" spans="1:14" ht="15.75" thickBot="1">
+      <c r="A37" s="98" t="s">
         <v>11</v>
       </c>
-      <c r="B37" s="64"/>
-[...574 lines deleted...]
-      <c r="A73" s="63" t="s">
+      <c r="B37" s="99"/>
+      <c r="C37" s="99"/>
+      <c r="D37" s="99"/>
+      <c r="E37" s="99"/>
+      <c r="F37" s="99"/>
+      <c r="G37" s="99"/>
+      <c r="H37" s="99"/>
+      <c r="I37" s="99"/>
+      <c r="J37" s="99"/>
+      <c r="K37" s="99"/>
+      <c r="L37" s="99"/>
+      <c r="M37" s="99"/>
+      <c r="N37" s="100"/>
+    </row>
+    <row r="38" spans="1:14" ht="16.5" thickTop="1" thickBot="1">
+      <c r="A38" s="119"/>
+      <c r="B38" s="120"/>
+      <c r="C38" s="120"/>
+      <c r="D38" s="120"/>
+      <c r="E38" s="120"/>
+      <c r="F38" s="120"/>
+      <c r="G38" s="120"/>
+      <c r="H38" s="120"/>
+      <c r="I38" s="120"/>
+      <c r="J38" s="120"/>
+      <c r="K38" s="120"/>
+      <c r="L38" s="120"/>
+      <c r="M38" s="120"/>
+      <c r="N38" s="121"/>
+    </row>
+    <row r="39" spans="1:14">
+      <c r="A39" s="110"/>
+      <c r="B39" s="111"/>
+      <c r="C39" s="111"/>
+      <c r="D39" s="111"/>
+      <c r="E39" s="111"/>
+      <c r="F39" s="111"/>
+      <c r="G39" s="111"/>
+      <c r="H39" s="111"/>
+      <c r="I39" s="111"/>
+      <c r="J39" s="111"/>
+      <c r="K39" s="111"/>
+      <c r="L39" s="111"/>
+      <c r="M39" s="111"/>
+      <c r="N39" s="112"/>
+    </row>
+    <row r="40" spans="1:14">
+      <c r="A40" s="113"/>
+      <c r="B40" s="114"/>
+      <c r="C40" s="114"/>
+      <c r="D40" s="114"/>
+      <c r="E40" s="114"/>
+      <c r="F40" s="114"/>
+      <c r="G40" s="114"/>
+      <c r="H40" s="114"/>
+      <c r="I40" s="114"/>
+      <c r="J40" s="114"/>
+      <c r="K40" s="114"/>
+      <c r="L40" s="114"/>
+      <c r="M40" s="114"/>
+      <c r="N40" s="115"/>
+    </row>
+    <row r="41" spans="1:14">
+      <c r="A41" s="113"/>
+      <c r="B41" s="114"/>
+      <c r="C41" s="114"/>
+      <c r="D41" s="114"/>
+      <c r="E41" s="114"/>
+      <c r="F41" s="114"/>
+      <c r="G41" s="114"/>
+      <c r="H41" s="114"/>
+      <c r="I41" s="114"/>
+      <c r="J41" s="114"/>
+      <c r="K41" s="114"/>
+      <c r="L41" s="114"/>
+      <c r="M41" s="114"/>
+      <c r="N41" s="115"/>
+    </row>
+    <row r="42" spans="1:14">
+      <c r="A42" s="113"/>
+      <c r="B42" s="114"/>
+      <c r="C42" s="114"/>
+      <c r="D42" s="114"/>
+      <c r="E42" s="114"/>
+      <c r="F42" s="114"/>
+      <c r="G42" s="114"/>
+      <c r="H42" s="114"/>
+      <c r="I42" s="114"/>
+      <c r="J42" s="114"/>
+      <c r="K42" s="114"/>
+      <c r="L42" s="114"/>
+      <c r="M42" s="114"/>
+      <c r="N42" s="115"/>
+    </row>
+    <row r="43" spans="1:14">
+      <c r="A43" s="113"/>
+      <c r="B43" s="114"/>
+      <c r="C43" s="114"/>
+      <c r="D43" s="114"/>
+      <c r="E43" s="114"/>
+      <c r="F43" s="114"/>
+      <c r="G43" s="114"/>
+      <c r="H43" s="114"/>
+      <c r="I43" s="114"/>
+      <c r="J43" s="114"/>
+      <c r="K43" s="114"/>
+      <c r="L43" s="114"/>
+      <c r="M43" s="114"/>
+      <c r="N43" s="115"/>
+    </row>
+    <row r="44" spans="1:14">
+      <c r="A44" s="113"/>
+      <c r="B44" s="114"/>
+      <c r="C44" s="114"/>
+      <c r="D44" s="114"/>
+      <c r="E44" s="114"/>
+      <c r="F44" s="114"/>
+      <c r="G44" s="114"/>
+      <c r="H44" s="114"/>
+      <c r="I44" s="114"/>
+      <c r="J44" s="114"/>
+      <c r="K44" s="114"/>
+      <c r="L44" s="114"/>
+      <c r="M44" s="114"/>
+      <c r="N44" s="115"/>
+    </row>
+    <row r="45" spans="1:14">
+      <c r="A45" s="113"/>
+      <c r="B45" s="114"/>
+      <c r="C45" s="114"/>
+      <c r="D45" s="114"/>
+      <c r="E45" s="114"/>
+      <c r="F45" s="114"/>
+      <c r="G45" s="114"/>
+      <c r="H45" s="114"/>
+      <c r="I45" s="114"/>
+      <c r="J45" s="114"/>
+      <c r="K45" s="114"/>
+      <c r="L45" s="114"/>
+      <c r="M45" s="114"/>
+      <c r="N45" s="115"/>
+    </row>
+    <row r="46" spans="1:14">
+      <c r="A46" s="113"/>
+      <c r="B46" s="114"/>
+      <c r="C46" s="114"/>
+      <c r="D46" s="114"/>
+      <c r="E46" s="114"/>
+      <c r="F46" s="114"/>
+      <c r="G46" s="114"/>
+      <c r="H46" s="114"/>
+      <c r="I46" s="114"/>
+      <c r="J46" s="114"/>
+      <c r="K46" s="114"/>
+      <c r="L46" s="114"/>
+      <c r="M46" s="114"/>
+      <c r="N46" s="115"/>
+    </row>
+    <row r="47" spans="1:14">
+      <c r="A47" s="113"/>
+      <c r="B47" s="114"/>
+      <c r="C47" s="114"/>
+      <c r="D47" s="114"/>
+      <c r="E47" s="114"/>
+      <c r="F47" s="114"/>
+      <c r="G47" s="114"/>
+      <c r="H47" s="114"/>
+      <c r="I47" s="114"/>
+      <c r="J47" s="114"/>
+      <c r="K47" s="114"/>
+      <c r="L47" s="114"/>
+      <c r="M47" s="114"/>
+      <c r="N47" s="115"/>
+    </row>
+    <row r="48" spans="1:14">
+      <c r="A48" s="113"/>
+      <c r="B48" s="114"/>
+      <c r="C48" s="114"/>
+      <c r="D48" s="114"/>
+      <c r="E48" s="114"/>
+      <c r="F48" s="114"/>
+      <c r="G48" s="114"/>
+      <c r="H48" s="114"/>
+      <c r="I48" s="114"/>
+      <c r="J48" s="114"/>
+      <c r="K48" s="114"/>
+      <c r="L48" s="114"/>
+      <c r="M48" s="114"/>
+      <c r="N48" s="115"/>
+    </row>
+    <row r="49" spans="1:14">
+      <c r="A49" s="113"/>
+      <c r="B49" s="114"/>
+      <c r="C49" s="114"/>
+      <c r="D49" s="114"/>
+      <c r="E49" s="114"/>
+      <c r="F49" s="114"/>
+      <c r="G49" s="114"/>
+      <c r="H49" s="114"/>
+      <c r="I49" s="114"/>
+      <c r="J49" s="114"/>
+      <c r="K49" s="114"/>
+      <c r="L49" s="114"/>
+      <c r="M49" s="114"/>
+      <c r="N49" s="115"/>
+    </row>
+    <row r="50" spans="1:14">
+      <c r="A50" s="113"/>
+      <c r="B50" s="114"/>
+      <c r="C50" s="114"/>
+      <c r="D50" s="114"/>
+      <c r="E50" s="114"/>
+      <c r="F50" s="114"/>
+      <c r="G50" s="114"/>
+      <c r="H50" s="114"/>
+      <c r="I50" s="114"/>
+      <c r="J50" s="114"/>
+      <c r="K50" s="114"/>
+      <c r="L50" s="114"/>
+      <c r="M50" s="114"/>
+      <c r="N50" s="115"/>
+    </row>
+    <row r="51" spans="1:14">
+      <c r="A51" s="113"/>
+      <c r="B51" s="114"/>
+      <c r="C51" s="114"/>
+      <c r="D51" s="114"/>
+      <c r="E51" s="114"/>
+      <c r="F51" s="114"/>
+      <c r="G51" s="114"/>
+      <c r="H51" s="114"/>
+      <c r="I51" s="114"/>
+      <c r="J51" s="114"/>
+      <c r="K51" s="114"/>
+      <c r="L51" s="114"/>
+      <c r="M51" s="114"/>
+      <c r="N51" s="115"/>
+    </row>
+    <row r="52" spans="1:14">
+      <c r="A52" s="113"/>
+      <c r="B52" s="114"/>
+      <c r="C52" s="114"/>
+      <c r="D52" s="114"/>
+      <c r="E52" s="114"/>
+      <c r="F52" s="114"/>
+      <c r="G52" s="114"/>
+      <c r="H52" s="114"/>
+      <c r="I52" s="114"/>
+      <c r="J52" s="114"/>
+      <c r="K52" s="114"/>
+      <c r="L52" s="114"/>
+      <c r="M52" s="114"/>
+      <c r="N52" s="115"/>
+    </row>
+    <row r="53" spans="1:14">
+      <c r="A53" s="113"/>
+      <c r="B53" s="114"/>
+      <c r="C53" s="114"/>
+      <c r="D53" s="114"/>
+      <c r="E53" s="114"/>
+      <c r="F53" s="114"/>
+      <c r="G53" s="114"/>
+      <c r="H53" s="114"/>
+      <c r="I53" s="114"/>
+      <c r="J53" s="114"/>
+      <c r="K53" s="114"/>
+      <c r="L53" s="114"/>
+      <c r="M53" s="114"/>
+      <c r="N53" s="115"/>
+    </row>
+    <row r="54" spans="1:14">
+      <c r="A54" s="113"/>
+      <c r="B54" s="114"/>
+      <c r="C54" s="114"/>
+      <c r="D54" s="114"/>
+      <c r="E54" s="114"/>
+      <c r="F54" s="114"/>
+      <c r="G54" s="114"/>
+      <c r="H54" s="114"/>
+      <c r="I54" s="114"/>
+      <c r="J54" s="114"/>
+      <c r="K54" s="114"/>
+      <c r="L54" s="114"/>
+      <c r="M54" s="114"/>
+      <c r="N54" s="115"/>
+    </row>
+    <row r="55" spans="1:14">
+      <c r="A55" s="113"/>
+      <c r="B55" s="114"/>
+      <c r="C55" s="114"/>
+      <c r="D55" s="114"/>
+      <c r="E55" s="114"/>
+      <c r="F55" s="114"/>
+      <c r="G55" s="114"/>
+      <c r="H55" s="114"/>
+      <c r="I55" s="114"/>
+      <c r="J55" s="114"/>
+      <c r="K55" s="114"/>
+      <c r="L55" s="114"/>
+      <c r="M55" s="114"/>
+      <c r="N55" s="115"/>
+    </row>
+    <row r="56" spans="1:14">
+      <c r="A56" s="113"/>
+      <c r="B56" s="114"/>
+      <c r="C56" s="114"/>
+      <c r="D56" s="114"/>
+      <c r="E56" s="114"/>
+      <c r="F56" s="114"/>
+      <c r="G56" s="114"/>
+      <c r="H56" s="114"/>
+      <c r="I56" s="114"/>
+      <c r="J56" s="114"/>
+      <c r="K56" s="114"/>
+      <c r="L56" s="114"/>
+      <c r="M56" s="114"/>
+      <c r="N56" s="115"/>
+    </row>
+    <row r="57" spans="1:14">
+      <c r="A57" s="113"/>
+      <c r="B57" s="114"/>
+      <c r="C57" s="114"/>
+      <c r="D57" s="114"/>
+      <c r="E57" s="114"/>
+      <c r="F57" s="114"/>
+      <c r="G57" s="114"/>
+      <c r="H57" s="114"/>
+      <c r="I57" s="114"/>
+      <c r="J57" s="114"/>
+      <c r="K57" s="114"/>
+      <c r="L57" s="114"/>
+      <c r="M57" s="114"/>
+      <c r="N57" s="115"/>
+    </row>
+    <row r="58" spans="1:14">
+      <c r="A58" s="113"/>
+      <c r="B58" s="114"/>
+      <c r="C58" s="114"/>
+      <c r="D58" s="114"/>
+      <c r="E58" s="114"/>
+      <c r="F58" s="114"/>
+      <c r="G58" s="114"/>
+      <c r="H58" s="114"/>
+      <c r="I58" s="114"/>
+      <c r="J58" s="114"/>
+      <c r="K58" s="114"/>
+      <c r="L58" s="114"/>
+      <c r="M58" s="114"/>
+      <c r="N58" s="115"/>
+    </row>
+    <row r="59" spans="1:14">
+      <c r="A59" s="113"/>
+      <c r="B59" s="114"/>
+      <c r="C59" s="114"/>
+      <c r="D59" s="114"/>
+      <c r="E59" s="114"/>
+      <c r="F59" s="114"/>
+      <c r="G59" s="114"/>
+      <c r="H59" s="114"/>
+      <c r="I59" s="114"/>
+      <c r="J59" s="114"/>
+      <c r="K59" s="114"/>
+      <c r="L59" s="114"/>
+      <c r="M59" s="114"/>
+      <c r="N59" s="115"/>
+    </row>
+    <row r="60" spans="1:14">
+      <c r="A60" s="113"/>
+      <c r="B60" s="114"/>
+      <c r="C60" s="114"/>
+      <c r="D60" s="114"/>
+      <c r="E60" s="114"/>
+      <c r="F60" s="114"/>
+      <c r="G60" s="114"/>
+      <c r="H60" s="114"/>
+      <c r="I60" s="114"/>
+      <c r="J60" s="114"/>
+      <c r="K60" s="114"/>
+      <c r="L60" s="114"/>
+      <c r="M60" s="114"/>
+      <c r="N60" s="115"/>
+    </row>
+    <row r="61" spans="1:14">
+      <c r="A61" s="113"/>
+      <c r="B61" s="114"/>
+      <c r="C61" s="114"/>
+      <c r="D61" s="114"/>
+      <c r="E61" s="114"/>
+      <c r="F61" s="114"/>
+      <c r="G61" s="114"/>
+      <c r="H61" s="114"/>
+      <c r="I61" s="114"/>
+      <c r="J61" s="114"/>
+      <c r="K61" s="114"/>
+      <c r="L61" s="114"/>
+      <c r="M61" s="114"/>
+      <c r="N61" s="115"/>
+    </row>
+    <row r="62" spans="1:14">
+      <c r="A62" s="113"/>
+      <c r="B62" s="114"/>
+      <c r="C62" s="114"/>
+      <c r="D62" s="114"/>
+      <c r="E62" s="114"/>
+      <c r="F62" s="114"/>
+      <c r="G62" s="114"/>
+      <c r="H62" s="114"/>
+      <c r="I62" s="114"/>
+      <c r="J62" s="114"/>
+      <c r="K62" s="114"/>
+      <c r="L62" s="114"/>
+      <c r="M62" s="114"/>
+      <c r="N62" s="115"/>
+    </row>
+    <row r="63" spans="1:14">
+      <c r="A63" s="113"/>
+      <c r="B63" s="114"/>
+      <c r="C63" s="114"/>
+      <c r="D63" s="114"/>
+      <c r="E63" s="114"/>
+      <c r="F63" s="114"/>
+      <c r="G63" s="114"/>
+      <c r="H63" s="114"/>
+      <c r="I63" s="114"/>
+      <c r="J63" s="114"/>
+      <c r="K63" s="114"/>
+      <c r="L63" s="114"/>
+      <c r="M63" s="114"/>
+      <c r="N63" s="115"/>
+    </row>
+    <row r="64" spans="1:14">
+      <c r="A64" s="113"/>
+      <c r="B64" s="114"/>
+      <c r="C64" s="114"/>
+      <c r="D64" s="114"/>
+      <c r="E64" s="114"/>
+      <c r="F64" s="114"/>
+      <c r="G64" s="114"/>
+      <c r="H64" s="114"/>
+      <c r="I64" s="114"/>
+      <c r="J64" s="114"/>
+      <c r="K64" s="114"/>
+      <c r="L64" s="114"/>
+      <c r="M64" s="114"/>
+      <c r="N64" s="115"/>
+    </row>
+    <row r="65" spans="1:14">
+      <c r="A65" s="113"/>
+      <c r="B65" s="114"/>
+      <c r="C65" s="114"/>
+      <c r="D65" s="114"/>
+      <c r="E65" s="114"/>
+      <c r="F65" s="114"/>
+      <c r="G65" s="114"/>
+      <c r="H65" s="114"/>
+      <c r="I65" s="114"/>
+      <c r="J65" s="114"/>
+      <c r="K65" s="114"/>
+      <c r="L65" s="114"/>
+      <c r="M65" s="114"/>
+      <c r="N65" s="115"/>
+    </row>
+    <row r="66" spans="1:14">
+      <c r="A66" s="113"/>
+      <c r="B66" s="114"/>
+      <c r="C66" s="114"/>
+      <c r="D66" s="114"/>
+      <c r="E66" s="114"/>
+      <c r="F66" s="114"/>
+      <c r="G66" s="114"/>
+      <c r="H66" s="114"/>
+      <c r="I66" s="114"/>
+      <c r="J66" s="114"/>
+      <c r="K66" s="114"/>
+      <c r="L66" s="114"/>
+      <c r="M66" s="114"/>
+      <c r="N66" s="115"/>
+    </row>
+    <row r="67" spans="1:14">
+      <c r="A67" s="113"/>
+      <c r="B67" s="114"/>
+      <c r="C67" s="114"/>
+      <c r="D67" s="114"/>
+      <c r="E67" s="114"/>
+      <c r="F67" s="114"/>
+      <c r="G67" s="114"/>
+      <c r="H67" s="114"/>
+      <c r="I67" s="114"/>
+      <c r="J67" s="114"/>
+      <c r="K67" s="114"/>
+      <c r="L67" s="114"/>
+      <c r="M67" s="114"/>
+      <c r="N67" s="115"/>
+    </row>
+    <row r="68" spans="1:14">
+      <c r="A68" s="113"/>
+      <c r="B68" s="114"/>
+      <c r="C68" s="114"/>
+      <c r="D68" s="114"/>
+      <c r="E68" s="114"/>
+      <c r="F68" s="114"/>
+      <c r="G68" s="114"/>
+      <c r="H68" s="114"/>
+      <c r="I68" s="114"/>
+      <c r="J68" s="114"/>
+      <c r="K68" s="114"/>
+      <c r="L68" s="114"/>
+      <c r="M68" s="114"/>
+      <c r="N68" s="115"/>
+    </row>
+    <row r="69" spans="1:14">
+      <c r="A69" s="113"/>
+      <c r="B69" s="114"/>
+      <c r="C69" s="114"/>
+      <c r="D69" s="114"/>
+      <c r="E69" s="114"/>
+      <c r="F69" s="114"/>
+      <c r="G69" s="114"/>
+      <c r="H69" s="114"/>
+      <c r="I69" s="114"/>
+      <c r="J69" s="114"/>
+      <c r="K69" s="114"/>
+      <c r="L69" s="114"/>
+      <c r="M69" s="114"/>
+      <c r="N69" s="115"/>
+    </row>
+    <row r="70" spans="1:14">
+      <c r="A70" s="113"/>
+      <c r="B70" s="114"/>
+      <c r="C70" s="114"/>
+      <c r="D70" s="114"/>
+      <c r="E70" s="114"/>
+      <c r="F70" s="114"/>
+      <c r="G70" s="114"/>
+      <c r="H70" s="114"/>
+      <c r="I70" s="114"/>
+      <c r="J70" s="114"/>
+      <c r="K70" s="114"/>
+      <c r="L70" s="114"/>
+      <c r="M70" s="114"/>
+      <c r="N70" s="115"/>
+    </row>
+    <row r="71" spans="1:14">
+      <c r="A71" s="113"/>
+      <c r="B71" s="114"/>
+      <c r="C71" s="114"/>
+      <c r="D71" s="114"/>
+      <c r="E71" s="114"/>
+      <c r="F71" s="114"/>
+      <c r="G71" s="114"/>
+      <c r="H71" s="114"/>
+      <c r="I71" s="114"/>
+      <c r="J71" s="114"/>
+      <c r="K71" s="114"/>
+      <c r="L71" s="114"/>
+      <c r="M71" s="114"/>
+      <c r="N71" s="115"/>
+    </row>
+    <row r="72" spans="1:14" ht="15.75" thickBot="1">
+      <c r="A72" s="116"/>
+      <c r="B72" s="117"/>
+      <c r="C72" s="117"/>
+      <c r="D72" s="117"/>
+      <c r="E72" s="117"/>
+      <c r="F72" s="117"/>
+      <c r="G72" s="117"/>
+      <c r="H72" s="117"/>
+      <c r="I72" s="117"/>
+      <c r="J72" s="117"/>
+      <c r="K72" s="117"/>
+      <c r="L72" s="117"/>
+      <c r="M72" s="117"/>
+      <c r="N72" s="118"/>
+    </row>
+    <row r="73" spans="1:14" ht="15.75" thickBot="1">
+      <c r="A73" s="98" t="s">
         <v>11</v>
       </c>
-      <c r="B73" s="64"/>
-[...574 lines deleted...]
-      <c r="A109" s="63" t="s">
+      <c r="B73" s="99"/>
+      <c r="C73" s="99"/>
+      <c r="D73" s="99"/>
+      <c r="E73" s="99"/>
+      <c r="F73" s="99"/>
+      <c r="G73" s="99"/>
+      <c r="H73" s="99"/>
+      <c r="I73" s="99"/>
+      <c r="J73" s="99"/>
+      <c r="K73" s="99"/>
+      <c r="L73" s="99"/>
+      <c r="M73" s="99"/>
+      <c r="N73" s="100"/>
+    </row>
+    <row r="74" spans="1:14" ht="16.5" thickTop="1" thickBot="1">
+      <c r="A74" s="101"/>
+      <c r="B74" s="102"/>
+      <c r="C74" s="102"/>
+      <c r="D74" s="102"/>
+      <c r="E74" s="102"/>
+      <c r="F74" s="102"/>
+      <c r="G74" s="102"/>
+      <c r="H74" s="102"/>
+      <c r="I74" s="102"/>
+      <c r="J74" s="102"/>
+      <c r="K74" s="102"/>
+      <c r="L74" s="102"/>
+      <c r="M74" s="102"/>
+      <c r="N74" s="103"/>
+    </row>
+    <row r="75" spans="1:14">
+      <c r="A75" s="110"/>
+      <c r="B75" s="111"/>
+      <c r="C75" s="111"/>
+      <c r="D75" s="111"/>
+      <c r="E75" s="111"/>
+      <c r="F75" s="111"/>
+      <c r="G75" s="111"/>
+      <c r="H75" s="111"/>
+      <c r="I75" s="111"/>
+      <c r="J75" s="111"/>
+      <c r="K75" s="111"/>
+      <c r="L75" s="111"/>
+      <c r="M75" s="111"/>
+      <c r="N75" s="112"/>
+    </row>
+    <row r="76" spans="1:14">
+      <c r="A76" s="113"/>
+      <c r="B76" s="114"/>
+      <c r="C76" s="114"/>
+      <c r="D76" s="114"/>
+      <c r="E76" s="114"/>
+      <c r="F76" s="114"/>
+      <c r="G76" s="114"/>
+      <c r="H76" s="114"/>
+      <c r="I76" s="114"/>
+      <c r="J76" s="114"/>
+      <c r="K76" s="114"/>
+      <c r="L76" s="114"/>
+      <c r="M76" s="114"/>
+      <c r="N76" s="115"/>
+    </row>
+    <row r="77" spans="1:14">
+      <c r="A77" s="113"/>
+      <c r="B77" s="114"/>
+      <c r="C77" s="114"/>
+      <c r="D77" s="114"/>
+      <c r="E77" s="114"/>
+      <c r="F77" s="114"/>
+      <c r="G77" s="114"/>
+      <c r="H77" s="114"/>
+      <c r="I77" s="114"/>
+      <c r="J77" s="114"/>
+      <c r="K77" s="114"/>
+      <c r="L77" s="114"/>
+      <c r="M77" s="114"/>
+      <c r="N77" s="115"/>
+    </row>
+    <row r="78" spans="1:14">
+      <c r="A78" s="113"/>
+      <c r="B78" s="114"/>
+      <c r="C78" s="114"/>
+      <c r="D78" s="114"/>
+      <c r="E78" s="114"/>
+      <c r="F78" s="114"/>
+      <c r="G78" s="114"/>
+      <c r="H78" s="114"/>
+      <c r="I78" s="114"/>
+      <c r="J78" s="114"/>
+      <c r="K78" s="114"/>
+      <c r="L78" s="114"/>
+      <c r="M78" s="114"/>
+      <c r="N78" s="115"/>
+    </row>
+    <row r="79" spans="1:14">
+      <c r="A79" s="113"/>
+      <c r="B79" s="114"/>
+      <c r="C79" s="114"/>
+      <c r="D79" s="114"/>
+      <c r="E79" s="114"/>
+      <c r="F79" s="114"/>
+      <c r="G79" s="114"/>
+      <c r="H79" s="114"/>
+      <c r="I79" s="114"/>
+      <c r="J79" s="114"/>
+      <c r="K79" s="114"/>
+      <c r="L79" s="114"/>
+      <c r="M79" s="114"/>
+      <c r="N79" s="115"/>
+    </row>
+    <row r="80" spans="1:14">
+      <c r="A80" s="113"/>
+      <c r="B80" s="114"/>
+      <c r="C80" s="114"/>
+      <c r="D80" s="114"/>
+      <c r="E80" s="114"/>
+      <c r="F80" s="114"/>
+      <c r="G80" s="114"/>
+      <c r="H80" s="114"/>
+      <c r="I80" s="114"/>
+      <c r="J80" s="114"/>
+      <c r="K80" s="114"/>
+      <c r="L80" s="114"/>
+      <c r="M80" s="114"/>
+      <c r="N80" s="115"/>
+    </row>
+    <row r="81" spans="1:14">
+      <c r="A81" s="113"/>
+      <c r="B81" s="114"/>
+      <c r="C81" s="114"/>
+      <c r="D81" s="114"/>
+      <c r="E81" s="114"/>
+      <c r="F81" s="114"/>
+      <c r="G81" s="114"/>
+      <c r="H81" s="114"/>
+      <c r="I81" s="114"/>
+      <c r="J81" s="114"/>
+      <c r="K81" s="114"/>
+      <c r="L81" s="114"/>
+      <c r="M81" s="114"/>
+      <c r="N81" s="115"/>
+    </row>
+    <row r="82" spans="1:14">
+      <c r="A82" s="113"/>
+      <c r="B82" s="114"/>
+      <c r="C82" s="114"/>
+      <c r="D82" s="114"/>
+      <c r="E82" s="114"/>
+      <c r="F82" s="114"/>
+      <c r="G82" s="114"/>
+      <c r="H82" s="114"/>
+      <c r="I82" s="114"/>
+      <c r="J82" s="114"/>
+      <c r="K82" s="114"/>
+      <c r="L82" s="114"/>
+      <c r="M82" s="114"/>
+      <c r="N82" s="115"/>
+    </row>
+    <row r="83" spans="1:14">
+      <c r="A83" s="113"/>
+      <c r="B83" s="114"/>
+      <c r="C83" s="114"/>
+      <c r="D83" s="114"/>
+      <c r="E83" s="114"/>
+      <c r="F83" s="114"/>
+      <c r="G83" s="114"/>
+      <c r="H83" s="114"/>
+      <c r="I83" s="114"/>
+      <c r="J83" s="114"/>
+      <c r="K83" s="114"/>
+      <c r="L83" s="114"/>
+      <c r="M83" s="114"/>
+      <c r="N83" s="115"/>
+    </row>
+    <row r="84" spans="1:14">
+      <c r="A84" s="113"/>
+      <c r="B84" s="114"/>
+      <c r="C84" s="114"/>
+      <c r="D84" s="114"/>
+      <c r="E84" s="114"/>
+      <c r="F84" s="114"/>
+      <c r="G84" s="114"/>
+      <c r="H84" s="114"/>
+      <c r="I84" s="114"/>
+      <c r="J84" s="114"/>
+      <c r="K84" s="114"/>
+      <c r="L84" s="114"/>
+      <c r="M84" s="114"/>
+      <c r="N84" s="115"/>
+    </row>
+    <row r="85" spans="1:14">
+      <c r="A85" s="113"/>
+      <c r="B85" s="114"/>
+      <c r="C85" s="114"/>
+      <c r="D85" s="114"/>
+      <c r="E85" s="114"/>
+      <c r="F85" s="114"/>
+      <c r="G85" s="114"/>
+      <c r="H85" s="114"/>
+      <c r="I85" s="114"/>
+      <c r="J85" s="114"/>
+      <c r="K85" s="114"/>
+      <c r="L85" s="114"/>
+      <c r="M85" s="114"/>
+      <c r="N85" s="115"/>
+    </row>
+    <row r="86" spans="1:14">
+      <c r="A86" s="113"/>
+      <c r="B86" s="114"/>
+      <c r="C86" s="114"/>
+      <c r="D86" s="114"/>
+      <c r="E86" s="114"/>
+      <c r="F86" s="114"/>
+      <c r="G86" s="114"/>
+      <c r="H86" s="114"/>
+      <c r="I86" s="114"/>
+      <c r="J86" s="114"/>
+      <c r="K86" s="114"/>
+      <c r="L86" s="114"/>
+      <c r="M86" s="114"/>
+      <c r="N86" s="115"/>
+    </row>
+    <row r="87" spans="1:14">
+      <c r="A87" s="113"/>
+      <c r="B87" s="114"/>
+      <c r="C87" s="114"/>
+      <c r="D87" s="114"/>
+      <c r="E87" s="114"/>
+      <c r="F87" s="114"/>
+      <c r="G87" s="114"/>
+      <c r="H87" s="114"/>
+      <c r="I87" s="114"/>
+      <c r="J87" s="114"/>
+      <c r="K87" s="114"/>
+      <c r="L87" s="114"/>
+      <c r="M87" s="114"/>
+      <c r="N87" s="115"/>
+    </row>
+    <row r="88" spans="1:14">
+      <c r="A88" s="113"/>
+      <c r="B88" s="114"/>
+      <c r="C88" s="114"/>
+      <c r="D88" s="114"/>
+      <c r="E88" s="114"/>
+      <c r="F88" s="114"/>
+      <c r="G88" s="114"/>
+      <c r="H88" s="114"/>
+      <c r="I88" s="114"/>
+      <c r="J88" s="114"/>
+      <c r="K88" s="114"/>
+      <c r="L88" s="114"/>
+      <c r="M88" s="114"/>
+      <c r="N88" s="115"/>
+    </row>
+    <row r="89" spans="1:14">
+      <c r="A89" s="113"/>
+      <c r="B89" s="114"/>
+      <c r="C89" s="114"/>
+      <c r="D89" s="114"/>
+      <c r="E89" s="114"/>
+      <c r="F89" s="114"/>
+      <c r="G89" s="114"/>
+      <c r="H89" s="114"/>
+      <c r="I89" s="114"/>
+      <c r="J89" s="114"/>
+      <c r="K89" s="114"/>
+      <c r="L89" s="114"/>
+      <c r="M89" s="114"/>
+      <c r="N89" s="115"/>
+    </row>
+    <row r="90" spans="1:14">
+      <c r="A90" s="113"/>
+      <c r="B90" s="114"/>
+      <c r="C90" s="114"/>
+      <c r="D90" s="114"/>
+      <c r="E90" s="114"/>
+      <c r="F90" s="114"/>
+      <c r="G90" s="114"/>
+      <c r="H90" s="114"/>
+      <c r="I90" s="114"/>
+      <c r="J90" s="114"/>
+      <c r="K90" s="114"/>
+      <c r="L90" s="114"/>
+      <c r="M90" s="114"/>
+      <c r="N90" s="115"/>
+    </row>
+    <row r="91" spans="1:14">
+      <c r="A91" s="113"/>
+      <c r="B91" s="114"/>
+      <c r="C91" s="114"/>
+      <c r="D91" s="114"/>
+      <c r="E91" s="114"/>
+      <c r="F91" s="114"/>
+      <c r="G91" s="114"/>
+      <c r="H91" s="114"/>
+      <c r="I91" s="114"/>
+      <c r="J91" s="114"/>
+      <c r="K91" s="114"/>
+      <c r="L91" s="114"/>
+      <c r="M91" s="114"/>
+      <c r="N91" s="115"/>
+    </row>
+    <row r="92" spans="1:14">
+      <c r="A92" s="113"/>
+      <c r="B92" s="114"/>
+      <c r="C92" s="114"/>
+      <c r="D92" s="114"/>
+      <c r="E92" s="114"/>
+      <c r="F92" s="114"/>
+      <c r="G92" s="114"/>
+      <c r="H92" s="114"/>
+      <c r="I92" s="114"/>
+      <c r="J92" s="114"/>
+      <c r="K92" s="114"/>
+      <c r="L92" s="114"/>
+      <c r="M92" s="114"/>
+      <c r="N92" s="115"/>
+    </row>
+    <row r="93" spans="1:14">
+      <c r="A93" s="113"/>
+      <c r="B93" s="114"/>
+      <c r="C93" s="114"/>
+      <c r="D93" s="114"/>
+      <c r="E93" s="114"/>
+      <c r="F93" s="114"/>
+      <c r="G93" s="114"/>
+      <c r="H93" s="114"/>
+      <c r="I93" s="114"/>
+      <c r="J93" s="114"/>
+      <c r="K93" s="114"/>
+      <c r="L93" s="114"/>
+      <c r="M93" s="114"/>
+      <c r="N93" s="115"/>
+    </row>
+    <row r="94" spans="1:14">
+      <c r="A94" s="113"/>
+      <c r="B94" s="114"/>
+      <c r="C94" s="114"/>
+      <c r="D94" s="114"/>
+      <c r="E94" s="114"/>
+      <c r="F94" s="114"/>
+      <c r="G94" s="114"/>
+      <c r="H94" s="114"/>
+      <c r="I94" s="114"/>
+      <c r="J94" s="114"/>
+      <c r="K94" s="114"/>
+      <c r="L94" s="114"/>
+      <c r="M94" s="114"/>
+      <c r="N94" s="115"/>
+    </row>
+    <row r="95" spans="1:14">
+      <c r="A95" s="113"/>
+      <c r="B95" s="114"/>
+      <c r="C95" s="114"/>
+      <c r="D95" s="114"/>
+      <c r="E95" s="114"/>
+      <c r="F95" s="114"/>
+      <c r="G95" s="114"/>
+      <c r="H95" s="114"/>
+      <c r="I95" s="114"/>
+      <c r="J95" s="114"/>
+      <c r="K95" s="114"/>
+      <c r="L95" s="114"/>
+      <c r="M95" s="114"/>
+      <c r="N95" s="115"/>
+    </row>
+    <row r="96" spans="1:14">
+      <c r="A96" s="113"/>
+      <c r="B96" s="114"/>
+      <c r="C96" s="114"/>
+      <c r="D96" s="114"/>
+      <c r="E96" s="114"/>
+      <c r="F96" s="114"/>
+      <c r="G96" s="114"/>
+      <c r="H96" s="114"/>
+      <c r="I96" s="114"/>
+      <c r="J96" s="114"/>
+      <c r="K96" s="114"/>
+      <c r="L96" s="114"/>
+      <c r="M96" s="114"/>
+      <c r="N96" s="115"/>
+    </row>
+    <row r="97" spans="1:14">
+      <c r="A97" s="113"/>
+      <c r="B97" s="114"/>
+      <c r="C97" s="114"/>
+      <c r="D97" s="114"/>
+      <c r="E97" s="114"/>
+      <c r="F97" s="114"/>
+      <c r="G97" s="114"/>
+      <c r="H97" s="114"/>
+      <c r="I97" s="114"/>
+      <c r="J97" s="114"/>
+      <c r="K97" s="114"/>
+      <c r="L97" s="114"/>
+      <c r="M97" s="114"/>
+      <c r="N97" s="115"/>
+    </row>
+    <row r="98" spans="1:14">
+      <c r="A98" s="113"/>
+      <c r="B98" s="114"/>
+      <c r="C98" s="114"/>
+      <c r="D98" s="114"/>
+      <c r="E98" s="114"/>
+      <c r="F98" s="114"/>
+      <c r="G98" s="114"/>
+      <c r="H98" s="114"/>
+      <c r="I98" s="114"/>
+      <c r="J98" s="114"/>
+      <c r="K98" s="114"/>
+      <c r="L98" s="114"/>
+      <c r="M98" s="114"/>
+      <c r="N98" s="115"/>
+    </row>
+    <row r="99" spans="1:14">
+      <c r="A99" s="113"/>
+      <c r="B99" s="114"/>
+      <c r="C99" s="114"/>
+      <c r="D99" s="114"/>
+      <c r="E99" s="114"/>
+      <c r="F99" s="114"/>
+      <c r="G99" s="114"/>
+      <c r="H99" s="114"/>
+      <c r="I99" s="114"/>
+      <c r="J99" s="114"/>
+      <c r="K99" s="114"/>
+      <c r="L99" s="114"/>
+      <c r="M99" s="114"/>
+      <c r="N99" s="115"/>
+    </row>
+    <row r="100" spans="1:14">
+      <c r="A100" s="113"/>
+      <c r="B100" s="114"/>
+      <c r="C100" s="114"/>
+      <c r="D100" s="114"/>
+      <c r="E100" s="114"/>
+      <c r="F100" s="114"/>
+      <c r="G100" s="114"/>
+      <c r="H100" s="114"/>
+      <c r="I100" s="114"/>
+      <c r="J100" s="114"/>
+      <c r="K100" s="114"/>
+      <c r="L100" s="114"/>
+      <c r="M100" s="114"/>
+      <c r="N100" s="115"/>
+    </row>
+    <row r="101" spans="1:14">
+      <c r="A101" s="113"/>
+      <c r="B101" s="114"/>
+      <c r="C101" s="114"/>
+      <c r="D101" s="114"/>
+      <c r="E101" s="114"/>
+      <c r="F101" s="114"/>
+      <c r="G101" s="114"/>
+      <c r="H101" s="114"/>
+      <c r="I101" s="114"/>
+      <c r="J101" s="114"/>
+      <c r="K101" s="114"/>
+      <c r="L101" s="114"/>
+      <c r="M101" s="114"/>
+      <c r="N101" s="115"/>
+    </row>
+    <row r="102" spans="1:14">
+      <c r="A102" s="113"/>
+      <c r="B102" s="114"/>
+      <c r="C102" s="114"/>
+      <c r="D102" s="114"/>
+      <c r="E102" s="114"/>
+      <c r="F102" s="114"/>
+      <c r="G102" s="114"/>
+      <c r="H102" s="114"/>
+      <c r="I102" s="114"/>
+      <c r="J102" s="114"/>
+      <c r="K102" s="114"/>
+      <c r="L102" s="114"/>
+      <c r="M102" s="114"/>
+      <c r="N102" s="115"/>
+    </row>
+    <row r="103" spans="1:14">
+      <c r="A103" s="113"/>
+      <c r="B103" s="114"/>
+      <c r="C103" s="114"/>
+      <c r="D103" s="114"/>
+      <c r="E103" s="114"/>
+      <c r="F103" s="114"/>
+      <c r="G103" s="114"/>
+      <c r="H103" s="114"/>
+      <c r="I103" s="114"/>
+      <c r="J103" s="114"/>
+      <c r="K103" s="114"/>
+      <c r="L103" s="114"/>
+      <c r="M103" s="114"/>
+      <c r="N103" s="115"/>
+    </row>
+    <row r="104" spans="1:14">
+      <c r="A104" s="113"/>
+      <c r="B104" s="114"/>
+      <c r="C104" s="114"/>
+      <c r="D104" s="114"/>
+      <c r="E104" s="114"/>
+      <c r="F104" s="114"/>
+      <c r="G104" s="114"/>
+      <c r="H104" s="114"/>
+      <c r="I104" s="114"/>
+      <c r="J104" s="114"/>
+      <c r="K104" s="114"/>
+      <c r="L104" s="114"/>
+      <c r="M104" s="114"/>
+      <c r="N104" s="115"/>
+    </row>
+    <row r="105" spans="1:14">
+      <c r="A105" s="113"/>
+      <c r="B105" s="114"/>
+      <c r="C105" s="114"/>
+      <c r="D105" s="114"/>
+      <c r="E105" s="114"/>
+      <c r="F105" s="114"/>
+      <c r="G105" s="114"/>
+      <c r="H105" s="114"/>
+      <c r="I105" s="114"/>
+      <c r="J105" s="114"/>
+      <c r="K105" s="114"/>
+      <c r="L105" s="114"/>
+      <c r="M105" s="114"/>
+      <c r="N105" s="115"/>
+    </row>
+    <row r="106" spans="1:14">
+      <c r="A106" s="113"/>
+      <c r="B106" s="114"/>
+      <c r="C106" s="114"/>
+      <c r="D106" s="114"/>
+      <c r="E106" s="114"/>
+      <c r="F106" s="114"/>
+      <c r="G106" s="114"/>
+      <c r="H106" s="114"/>
+      <c r="I106" s="114"/>
+      <c r="J106" s="114"/>
+      <c r="K106" s="114"/>
+      <c r="L106" s="114"/>
+      <c r="M106" s="114"/>
+      <c r="N106" s="115"/>
+    </row>
+    <row r="107" spans="1:14">
+      <c r="A107" s="113"/>
+      <c r="B107" s="114"/>
+      <c r="C107" s="114"/>
+      <c r="D107" s="114"/>
+      <c r="E107" s="114"/>
+      <c r="F107" s="114"/>
+      <c r="G107" s="114"/>
+      <c r="H107" s="114"/>
+      <c r="I107" s="114"/>
+      <c r="J107" s="114"/>
+      <c r="K107" s="114"/>
+      <c r="L107" s="114"/>
+      <c r="M107" s="114"/>
+      <c r="N107" s="115"/>
+    </row>
+    <row r="108" spans="1:14" ht="15.75" thickBot="1">
+      <c r="A108" s="116"/>
+      <c r="B108" s="117"/>
+      <c r="C108" s="117"/>
+      <c r="D108" s="117"/>
+      <c r="E108" s="117"/>
+      <c r="F108" s="117"/>
+      <c r="G108" s="117"/>
+      <c r="H108" s="117"/>
+      <c r="I108" s="117"/>
+      <c r="J108" s="117"/>
+      <c r="K108" s="117"/>
+      <c r="L108" s="117"/>
+      <c r="M108" s="117"/>
+      <c r="N108" s="118"/>
+    </row>
+    <row r="109" spans="1:14" ht="15.75" thickBot="1">
+      <c r="A109" s="98" t="s">
         <v>11</v>
       </c>
-      <c r="B109" s="64"/>
-[...574 lines deleted...]
-      <c r="A145" s="63" t="s">
+      <c r="B109" s="99"/>
+      <c r="C109" s="99"/>
+      <c r="D109" s="99"/>
+      <c r="E109" s="99"/>
+      <c r="F109" s="99"/>
+      <c r="G109" s="99"/>
+      <c r="H109" s="99"/>
+      <c r="I109" s="99"/>
+      <c r="J109" s="99"/>
+      <c r="K109" s="99"/>
+      <c r="L109" s="99"/>
+      <c r="M109" s="99"/>
+      <c r="N109" s="100"/>
+    </row>
+    <row r="110" spans="1:14" ht="16.5" thickTop="1" thickBot="1">
+      <c r="A110" s="101"/>
+      <c r="B110" s="102"/>
+      <c r="C110" s="102"/>
+      <c r="D110" s="102"/>
+      <c r="E110" s="102"/>
+      <c r="F110" s="102"/>
+      <c r="G110" s="102"/>
+      <c r="H110" s="102"/>
+      <c r="I110" s="102"/>
+      <c r="J110" s="102"/>
+      <c r="K110" s="102"/>
+      <c r="L110" s="102"/>
+      <c r="M110" s="102"/>
+      <c r="N110" s="103"/>
+    </row>
+    <row r="111" spans="1:14">
+      <c r="A111" s="110"/>
+      <c r="B111" s="111"/>
+      <c r="C111" s="111"/>
+      <c r="D111" s="111"/>
+      <c r="E111" s="111"/>
+      <c r="F111" s="111"/>
+      <c r="G111" s="111"/>
+      <c r="H111" s="111"/>
+      <c r="I111" s="111"/>
+      <c r="J111" s="111"/>
+      <c r="K111" s="111"/>
+      <c r="L111" s="111"/>
+      <c r="M111" s="111"/>
+      <c r="N111" s="112"/>
+    </row>
+    <row r="112" spans="1:14">
+      <c r="A112" s="113"/>
+      <c r="B112" s="114"/>
+      <c r="C112" s="114"/>
+      <c r="D112" s="114"/>
+      <c r="E112" s="114"/>
+      <c r="F112" s="114"/>
+      <c r="G112" s="114"/>
+      <c r="H112" s="114"/>
+      <c r="I112" s="114"/>
+      <c r="J112" s="114"/>
+      <c r="K112" s="114"/>
+      <c r="L112" s="114"/>
+      <c r="M112" s="114"/>
+      <c r="N112" s="115"/>
+    </row>
+    <row r="113" spans="1:14">
+      <c r="A113" s="113"/>
+      <c r="B113" s="114"/>
+      <c r="C113" s="114"/>
+      <c r="D113" s="114"/>
+      <c r="E113" s="114"/>
+      <c r="F113" s="114"/>
+      <c r="G113" s="114"/>
+      <c r="H113" s="114"/>
+      <c r="I113" s="114"/>
+      <c r="J113" s="114"/>
+      <c r="K113" s="114"/>
+      <c r="L113" s="114"/>
+      <c r="M113" s="114"/>
+      <c r="N113" s="115"/>
+    </row>
+    <row r="114" spans="1:14">
+      <c r="A114" s="113"/>
+      <c r="B114" s="114"/>
+      <c r="C114" s="114"/>
+      <c r="D114" s="114"/>
+      <c r="E114" s="114"/>
+      <c r="F114" s="114"/>
+      <c r="G114" s="114"/>
+      <c r="H114" s="114"/>
+      <c r="I114" s="114"/>
+      <c r="J114" s="114"/>
+      <c r="K114" s="114"/>
+      <c r="L114" s="114"/>
+      <c r="M114" s="114"/>
+      <c r="N114" s="115"/>
+    </row>
+    <row r="115" spans="1:14">
+      <c r="A115" s="113"/>
+      <c r="B115" s="114"/>
+      <c r="C115" s="114"/>
+      <c r="D115" s="114"/>
+      <c r="E115" s="114"/>
+      <c r="F115" s="114"/>
+      <c r="G115" s="114"/>
+      <c r="H115" s="114"/>
+      <c r="I115" s="114"/>
+      <c r="J115" s="114"/>
+      <c r="K115" s="114"/>
+      <c r="L115" s="114"/>
+      <c r="M115" s="114"/>
+      <c r="N115" s="115"/>
+    </row>
+    <row r="116" spans="1:14">
+      <c r="A116" s="113"/>
+      <c r="B116" s="114"/>
+      <c r="C116" s="114"/>
+      <c r="D116" s="114"/>
+      <c r="E116" s="114"/>
+      <c r="F116" s="114"/>
+      <c r="G116" s="114"/>
+      <c r="H116" s="114"/>
+      <c r="I116" s="114"/>
+      <c r="J116" s="114"/>
+      <c r="K116" s="114"/>
+      <c r="L116" s="114"/>
+      <c r="M116" s="114"/>
+      <c r="N116" s="115"/>
+    </row>
+    <row r="117" spans="1:14">
+      <c r="A117" s="113"/>
+      <c r="B117" s="114"/>
+      <c r="C117" s="114"/>
+      <c r="D117" s="114"/>
+      <c r="E117" s="114"/>
+      <c r="F117" s="114"/>
+      <c r="G117" s="114"/>
+      <c r="H117" s="114"/>
+      <c r="I117" s="114"/>
+      <c r="J117" s="114"/>
+      <c r="K117" s="114"/>
+      <c r="L117" s="114"/>
+      <c r="M117" s="114"/>
+      <c r="N117" s="115"/>
+    </row>
+    <row r="118" spans="1:14">
+      <c r="A118" s="113"/>
+      <c r="B118" s="114"/>
+      <c r="C118" s="114"/>
+      <c r="D118" s="114"/>
+      <c r="E118" s="114"/>
+      <c r="F118" s="114"/>
+      <c r="G118" s="114"/>
+      <c r="H118" s="114"/>
+      <c r="I118" s="114"/>
+      <c r="J118" s="114"/>
+      <c r="K118" s="114"/>
+      <c r="L118" s="114"/>
+      <c r="M118" s="114"/>
+      <c r="N118" s="115"/>
+    </row>
+    <row r="119" spans="1:14">
+      <c r="A119" s="113"/>
+      <c r="B119" s="114"/>
+      <c r="C119" s="114"/>
+      <c r="D119" s="114"/>
+      <c r="E119" s="114"/>
+      <c r="F119" s="114"/>
+      <c r="G119" s="114"/>
+      <c r="H119" s="114"/>
+      <c r="I119" s="114"/>
+      <c r="J119" s="114"/>
+      <c r="K119" s="114"/>
+      <c r="L119" s="114"/>
+      <c r="M119" s="114"/>
+      <c r="N119" s="115"/>
+    </row>
+    <row r="120" spans="1:14">
+      <c r="A120" s="113"/>
+      <c r="B120" s="114"/>
+      <c r="C120" s="114"/>
+      <c r="D120" s="114"/>
+      <c r="E120" s="114"/>
+      <c r="F120" s="114"/>
+      <c r="G120" s="114"/>
+      <c r="H120" s="114"/>
+      <c r="I120" s="114"/>
+      <c r="J120" s="114"/>
+      <c r="K120" s="114"/>
+      <c r="L120" s="114"/>
+      <c r="M120" s="114"/>
+      <c r="N120" s="115"/>
+    </row>
+    <row r="121" spans="1:14">
+      <c r="A121" s="113"/>
+      <c r="B121" s="114"/>
+      <c r="C121" s="114"/>
+      <c r="D121" s="114"/>
+      <c r="E121" s="114"/>
+      <c r="F121" s="114"/>
+      <c r="G121" s="114"/>
+      <c r="H121" s="114"/>
+      <c r="I121" s="114"/>
+      <c r="J121" s="114"/>
+      <c r="K121" s="114"/>
+      <c r="L121" s="114"/>
+      <c r="M121" s="114"/>
+      <c r="N121" s="115"/>
+    </row>
+    <row r="122" spans="1:14">
+      <c r="A122" s="113"/>
+      <c r="B122" s="114"/>
+      <c r="C122" s="114"/>
+      <c r="D122" s="114"/>
+      <c r="E122" s="114"/>
+      <c r="F122" s="114"/>
+      <c r="G122" s="114"/>
+      <c r="H122" s="114"/>
+      <c r="I122" s="114"/>
+      <c r="J122" s="114"/>
+      <c r="K122" s="114"/>
+      <c r="L122" s="114"/>
+      <c r="M122" s="114"/>
+      <c r="N122" s="115"/>
+    </row>
+    <row r="123" spans="1:14">
+      <c r="A123" s="113"/>
+      <c r="B123" s="114"/>
+      <c r="C123" s="114"/>
+      <c r="D123" s="114"/>
+      <c r="E123" s="114"/>
+      <c r="F123" s="114"/>
+      <c r="G123" s="114"/>
+      <c r="H123" s="114"/>
+      <c r="I123" s="114"/>
+      <c r="J123" s="114"/>
+      <c r="K123" s="114"/>
+      <c r="L123" s="114"/>
+      <c r="M123" s="114"/>
+      <c r="N123" s="115"/>
+    </row>
+    <row r="124" spans="1:14">
+      <c r="A124" s="113"/>
+      <c r="B124" s="114"/>
+      <c r="C124" s="114"/>
+      <c r="D124" s="114"/>
+      <c r="E124" s="114"/>
+      <c r="F124" s="114"/>
+      <c r="G124" s="114"/>
+      <c r="H124" s="114"/>
+      <c r="I124" s="114"/>
+      <c r="J124" s="114"/>
+      <c r="K124" s="114"/>
+      <c r="L124" s="114"/>
+      <c r="M124" s="114"/>
+      <c r="N124" s="115"/>
+    </row>
+    <row r="125" spans="1:14">
+      <c r="A125" s="113"/>
+      <c r="B125" s="114"/>
+      <c r="C125" s="114"/>
+      <c r="D125" s="114"/>
+      <c r="E125" s="114"/>
+      <c r="F125" s="114"/>
+      <c r="G125" s="114"/>
+      <c r="H125" s="114"/>
+      <c r="I125" s="114"/>
+      <c r="J125" s="114"/>
+      <c r="K125" s="114"/>
+      <c r="L125" s="114"/>
+      <c r="M125" s="114"/>
+      <c r="N125" s="115"/>
+    </row>
+    <row r="126" spans="1:14">
+      <c r="A126" s="113"/>
+      <c r="B126" s="114"/>
+      <c r="C126" s="114"/>
+      <c r="D126" s="114"/>
+      <c r="E126" s="114"/>
+      <c r="F126" s="114"/>
+      <c r="G126" s="114"/>
+      <c r="H126" s="114"/>
+      <c r="I126" s="114"/>
+      <c r="J126" s="114"/>
+      <c r="K126" s="114"/>
+      <c r="L126" s="114"/>
+      <c r="M126" s="114"/>
+      <c r="N126" s="115"/>
+    </row>
+    <row r="127" spans="1:14">
+      <c r="A127" s="113"/>
+      <c r="B127" s="114"/>
+      <c r="C127" s="114"/>
+      <c r="D127" s="114"/>
+      <c r="E127" s="114"/>
+      <c r="F127" s="114"/>
+      <c r="G127" s="114"/>
+      <c r="H127" s="114"/>
+      <c r="I127" s="114"/>
+      <c r="J127" s="114"/>
+      <c r="K127" s="114"/>
+      <c r="L127" s="114"/>
+      <c r="M127" s="114"/>
+      <c r="N127" s="115"/>
+    </row>
+    <row r="128" spans="1:14">
+      <c r="A128" s="113"/>
+      <c r="B128" s="114"/>
+      <c r="C128" s="114"/>
+      <c r="D128" s="114"/>
+      <c r="E128" s="114"/>
+      <c r="F128" s="114"/>
+      <c r="G128" s="114"/>
+      <c r="H128" s="114"/>
+      <c r="I128" s="114"/>
+      <c r="J128" s="114"/>
+      <c r="K128" s="114"/>
+      <c r="L128" s="114"/>
+      <c r="M128" s="114"/>
+      <c r="N128" s="115"/>
+    </row>
+    <row r="129" spans="1:14">
+      <c r="A129" s="113"/>
+      <c r="B129" s="114"/>
+      <c r="C129" s="114"/>
+      <c r="D129" s="114"/>
+      <c r="E129" s="114"/>
+      <c r="F129" s="114"/>
+      <c r="G129" s="114"/>
+      <c r="H129" s="114"/>
+      <c r="I129" s="114"/>
+      <c r="J129" s="114"/>
+      <c r="K129" s="114"/>
+      <c r="L129" s="114"/>
+      <c r="M129" s="114"/>
+      <c r="N129" s="115"/>
+    </row>
+    <row r="130" spans="1:14">
+      <c r="A130" s="113"/>
+      <c r="B130" s="114"/>
+      <c r="C130" s="114"/>
+      <c r="D130" s="114"/>
+      <c r="E130" s="114"/>
+      <c r="F130" s="114"/>
+      <c r="G130" s="114"/>
+      <c r="H130" s="114"/>
+      <c r="I130" s="114"/>
+      <c r="J130" s="114"/>
+      <c r="K130" s="114"/>
+      <c r="L130" s="114"/>
+      <c r="M130" s="114"/>
+      <c r="N130" s="115"/>
+    </row>
+    <row r="131" spans="1:14">
+      <c r="A131" s="113"/>
+      <c r="B131" s="114"/>
+      <c r="C131" s="114"/>
+      <c r="D131" s="114"/>
+      <c r="E131" s="114"/>
+      <c r="F131" s="114"/>
+      <c r="G131" s="114"/>
+      <c r="H131" s="114"/>
+      <c r="I131" s="114"/>
+      <c r="J131" s="114"/>
+      <c r="K131" s="114"/>
+      <c r="L131" s="114"/>
+      <c r="M131" s="114"/>
+      <c r="N131" s="115"/>
+    </row>
+    <row r="132" spans="1:14">
+      <c r="A132" s="113"/>
+      <c r="B132" s="114"/>
+      <c r="C132" s="114"/>
+      <c r="D132" s="114"/>
+      <c r="E132" s="114"/>
+      <c r="F132" s="114"/>
+      <c r="G132" s="114"/>
+      <c r="H132" s="114"/>
+      <c r="I132" s="114"/>
+      <c r="J132" s="114"/>
+      <c r="K132" s="114"/>
+      <c r="L132" s="114"/>
+      <c r="M132" s="114"/>
+      <c r="N132" s="115"/>
+    </row>
+    <row r="133" spans="1:14">
+      <c r="A133" s="113"/>
+      <c r="B133" s="114"/>
+      <c r="C133" s="114"/>
+      <c r="D133" s="114"/>
+      <c r="E133" s="114"/>
+      <c r="F133" s="114"/>
+      <c r="G133" s="114"/>
+      <c r="H133" s="114"/>
+      <c r="I133" s="114"/>
+      <c r="J133" s="114"/>
+      <c r="K133" s="114"/>
+      <c r="L133" s="114"/>
+      <c r="M133" s="114"/>
+      <c r="N133" s="115"/>
+    </row>
+    <row r="134" spans="1:14">
+      <c r="A134" s="113"/>
+      <c r="B134" s="114"/>
+      <c r="C134" s="114"/>
+      <c r="D134" s="114"/>
+      <c r="E134" s="114"/>
+      <c r="F134" s="114"/>
+      <c r="G134" s="114"/>
+      <c r="H134" s="114"/>
+      <c r="I134" s="114"/>
+      <c r="J134" s="114"/>
+      <c r="K134" s="114"/>
+      <c r="L134" s="114"/>
+      <c r="M134" s="114"/>
+      <c r="N134" s="115"/>
+    </row>
+    <row r="135" spans="1:14">
+      <c r="A135" s="113"/>
+      <c r="B135" s="114"/>
+      <c r="C135" s="114"/>
+      <c r="D135" s="114"/>
+      <c r="E135" s="114"/>
+      <c r="F135" s="114"/>
+      <c r="G135" s="114"/>
+      <c r="H135" s="114"/>
+      <c r="I135" s="114"/>
+      <c r="J135" s="114"/>
+      <c r="K135" s="114"/>
+      <c r="L135" s="114"/>
+      <c r="M135" s="114"/>
+      <c r="N135" s="115"/>
+    </row>
+    <row r="136" spans="1:14">
+      <c r="A136" s="113"/>
+      <c r="B136" s="114"/>
+      <c r="C136" s="114"/>
+      <c r="D136" s="114"/>
+      <c r="E136" s="114"/>
+      <c r="F136" s="114"/>
+      <c r="G136" s="114"/>
+      <c r="H136" s="114"/>
+      <c r="I136" s="114"/>
+      <c r="J136" s="114"/>
+      <c r="K136" s="114"/>
+      <c r="L136" s="114"/>
+      <c r="M136" s="114"/>
+      <c r="N136" s="115"/>
+    </row>
+    <row r="137" spans="1:14">
+      <c r="A137" s="113"/>
+      <c r="B137" s="114"/>
+      <c r="C137" s="114"/>
+      <c r="D137" s="114"/>
+      <c r="E137" s="114"/>
+      <c r="F137" s="114"/>
+      <c r="G137" s="114"/>
+      <c r="H137" s="114"/>
+      <c r="I137" s="114"/>
+      <c r="J137" s="114"/>
+      <c r="K137" s="114"/>
+      <c r="L137" s="114"/>
+      <c r="M137" s="114"/>
+      <c r="N137" s="115"/>
+    </row>
+    <row r="138" spans="1:14">
+      <c r="A138" s="113"/>
+      <c r="B138" s="114"/>
+      <c r="C138" s="114"/>
+      <c r="D138" s="114"/>
+      <c r="E138" s="114"/>
+      <c r="F138" s="114"/>
+      <c r="G138" s="114"/>
+      <c r="H138" s="114"/>
+      <c r="I138" s="114"/>
+      <c r="J138" s="114"/>
+      <c r="K138" s="114"/>
+      <c r="L138" s="114"/>
+      <c r="M138" s="114"/>
+      <c r="N138" s="115"/>
+    </row>
+    <row r="139" spans="1:14">
+      <c r="A139" s="113"/>
+      <c r="B139" s="114"/>
+      <c r="C139" s="114"/>
+      <c r="D139" s="114"/>
+      <c r="E139" s="114"/>
+      <c r="F139" s="114"/>
+      <c r="G139" s="114"/>
+      <c r="H139" s="114"/>
+      <c r="I139" s="114"/>
+      <c r="J139" s="114"/>
+      <c r="K139" s="114"/>
+      <c r="L139" s="114"/>
+      <c r="M139" s="114"/>
+      <c r="N139" s="115"/>
+    </row>
+    <row r="140" spans="1:14">
+      <c r="A140" s="113"/>
+      <c r="B140" s="114"/>
+      <c r="C140" s="114"/>
+      <c r="D140" s="114"/>
+      <c r="E140" s="114"/>
+      <c r="F140" s="114"/>
+      <c r="G140" s="114"/>
+      <c r="H140" s="114"/>
+      <c r="I140" s="114"/>
+      <c r="J140" s="114"/>
+      <c r="K140" s="114"/>
+      <c r="L140" s="114"/>
+      <c r="M140" s="114"/>
+      <c r="N140" s="115"/>
+    </row>
+    <row r="141" spans="1:14">
+      <c r="A141" s="113"/>
+      <c r="B141" s="114"/>
+      <c r="C141" s="114"/>
+      <c r="D141" s="114"/>
+      <c r="E141" s="114"/>
+      <c r="F141" s="114"/>
+      <c r="G141" s="114"/>
+      <c r="H141" s="114"/>
+      <c r="I141" s="114"/>
+      <c r="J141" s="114"/>
+      <c r="K141" s="114"/>
+      <c r="L141" s="114"/>
+      <c r="M141" s="114"/>
+      <c r="N141" s="115"/>
+    </row>
+    <row r="142" spans="1:14">
+      <c r="A142" s="113"/>
+      <c r="B142" s="114"/>
+      <c r="C142" s="114"/>
+      <c r="D142" s="114"/>
+      <c r="E142" s="114"/>
+      <c r="F142" s="114"/>
+      <c r="G142" s="114"/>
+      <c r="H142" s="114"/>
+      <c r="I142" s="114"/>
+      <c r="J142" s="114"/>
+      <c r="K142" s="114"/>
+      <c r="L142" s="114"/>
+      <c r="M142" s="114"/>
+      <c r="N142" s="115"/>
+    </row>
+    <row r="143" spans="1:14">
+      <c r="A143" s="113"/>
+      <c r="B143" s="114"/>
+      <c r="C143" s="114"/>
+      <c r="D143" s="114"/>
+      <c r="E143" s="114"/>
+      <c r="F143" s="114"/>
+      <c r="G143" s="114"/>
+      <c r="H143" s="114"/>
+      <c r="I143" s="114"/>
+      <c r="J143" s="114"/>
+      <c r="K143" s="114"/>
+      <c r="L143" s="114"/>
+      <c r="M143" s="114"/>
+      <c r="N143" s="115"/>
+    </row>
+    <row r="144" spans="1:14" ht="15.75" thickBot="1">
+      <c r="A144" s="116"/>
+      <c r="B144" s="117"/>
+      <c r="C144" s="117"/>
+      <c r="D144" s="117"/>
+      <c r="E144" s="117"/>
+      <c r="F144" s="117"/>
+      <c r="G144" s="117"/>
+      <c r="H144" s="117"/>
+      <c r="I144" s="117"/>
+      <c r="J144" s="117"/>
+      <c r="K144" s="117"/>
+      <c r="L144" s="117"/>
+      <c r="M144" s="117"/>
+      <c r="N144" s="118"/>
+    </row>
+    <row r="145" spans="1:14" ht="15.75" thickBot="1">
+      <c r="A145" s="98" t="s">
         <v>11</v>
       </c>
-      <c r="B145" s="64"/>
-[...571 lines deleted...]
-      <c r="N180" s="116"/>
+      <c r="B145" s="99"/>
+      <c r="C145" s="99"/>
+      <c r="D145" s="99"/>
+      <c r="E145" s="99"/>
+      <c r="F145" s="99"/>
+      <c r="G145" s="99"/>
+      <c r="H145" s="99"/>
+      <c r="I145" s="99"/>
+      <c r="J145" s="99"/>
+      <c r="K145" s="99"/>
+      <c r="L145" s="99"/>
+      <c r="M145" s="99"/>
+      <c r="N145" s="100"/>
+    </row>
+    <row r="146" spans="1:14" ht="16.5" thickTop="1" thickBot="1">
+      <c r="A146" s="101"/>
+      <c r="B146" s="102"/>
+      <c r="C146" s="102"/>
+      <c r="D146" s="102"/>
+      <c r="E146" s="102"/>
+      <c r="F146" s="102"/>
+      <c r="G146" s="102"/>
+      <c r="H146" s="102"/>
+      <c r="I146" s="102"/>
+      <c r="J146" s="102"/>
+      <c r="K146" s="102"/>
+      <c r="L146" s="102"/>
+      <c r="M146" s="102"/>
+      <c r="N146" s="103"/>
+    </row>
+    <row r="147" spans="1:14">
+      <c r="A147" s="110"/>
+      <c r="B147" s="111"/>
+      <c r="C147" s="111"/>
+      <c r="D147" s="111"/>
+      <c r="E147" s="111"/>
+      <c r="F147" s="111"/>
+      <c r="G147" s="111"/>
+      <c r="H147" s="111"/>
+      <c r="I147" s="111"/>
+      <c r="J147" s="111"/>
+      <c r="K147" s="111"/>
+      <c r="L147" s="111"/>
+      <c r="M147" s="111"/>
+      <c r="N147" s="112"/>
+    </row>
+    <row r="148" spans="1:14">
+      <c r="A148" s="113"/>
+      <c r="B148" s="114"/>
+      <c r="C148" s="114"/>
+      <c r="D148" s="114"/>
+      <c r="E148" s="114"/>
+      <c r="F148" s="114"/>
+      <c r="G148" s="114"/>
+      <c r="H148" s="114"/>
+      <c r="I148" s="114"/>
+      <c r="J148" s="114"/>
+      <c r="K148" s="114"/>
+      <c r="L148" s="114"/>
+      <c r="M148" s="114"/>
+      <c r="N148" s="115"/>
+    </row>
+    <row r="149" spans="1:14">
+      <c r="A149" s="113"/>
+      <c r="B149" s="114"/>
+      <c r="C149" s="114"/>
+      <c r="D149" s="114"/>
+      <c r="E149" s="114"/>
+      <c r="F149" s="114"/>
+      <c r="G149" s="114"/>
+      <c r="H149" s="114"/>
+      <c r="I149" s="114"/>
+      <c r="J149" s="114"/>
+      <c r="K149" s="114"/>
+      <c r="L149" s="114"/>
+      <c r="M149" s="114"/>
+      <c r="N149" s="115"/>
+    </row>
+    <row r="150" spans="1:14">
+      <c r="A150" s="113"/>
+      <c r="B150" s="114"/>
+      <c r="C150" s="114"/>
+      <c r="D150" s="114"/>
+      <c r="E150" s="114"/>
+      <c r="F150" s="114"/>
+      <c r="G150" s="114"/>
+      <c r="H150" s="114"/>
+      <c r="I150" s="114"/>
+      <c r="J150" s="114"/>
+      <c r="K150" s="114"/>
+      <c r="L150" s="114"/>
+      <c r="M150" s="114"/>
+      <c r="N150" s="115"/>
+    </row>
+    <row r="151" spans="1:14">
+      <c r="A151" s="113"/>
+      <c r="B151" s="114"/>
+      <c r="C151" s="114"/>
+      <c r="D151" s="114"/>
+      <c r="E151" s="114"/>
+      <c r="F151" s="114"/>
+      <c r="G151" s="114"/>
+      <c r="H151" s="114"/>
+      <c r="I151" s="114"/>
+      <c r="J151" s="114"/>
+      <c r="K151" s="114"/>
+      <c r="L151" s="114"/>
+      <c r="M151" s="114"/>
+      <c r="N151" s="115"/>
+    </row>
+    <row r="152" spans="1:14">
+      <c r="A152" s="113"/>
+      <c r="B152" s="114"/>
+      <c r="C152" s="114"/>
+      <c r="D152" s="114"/>
+      <c r="E152" s="114"/>
+      <c r="F152" s="114"/>
+      <c r="G152" s="114"/>
+      <c r="H152" s="114"/>
+      <c r="I152" s="114"/>
+      <c r="J152" s="114"/>
+      <c r="K152" s="114"/>
+      <c r="L152" s="114"/>
+      <c r="M152" s="114"/>
+      <c r="N152" s="115"/>
+    </row>
+    <row r="153" spans="1:14">
+      <c r="A153" s="113"/>
+      <c r="B153" s="114"/>
+      <c r="C153" s="114"/>
+      <c r="D153" s="114"/>
+      <c r="E153" s="114"/>
+      <c r="F153" s="114"/>
+      <c r="G153" s="114"/>
+      <c r="H153" s="114"/>
+      <c r="I153" s="114"/>
+      <c r="J153" s="114"/>
+      <c r="K153" s="114"/>
+      <c r="L153" s="114"/>
+      <c r="M153" s="114"/>
+      <c r="N153" s="115"/>
+    </row>
+    <row r="154" spans="1:14">
+      <c r="A154" s="113"/>
+      <c r="B154" s="114"/>
+      <c r="C154" s="114"/>
+      <c r="D154" s="114"/>
+      <c r="E154" s="114"/>
+      <c r="F154" s="114"/>
+      <c r="G154" s="114"/>
+      <c r="H154" s="114"/>
+      <c r="I154" s="114"/>
+      <c r="J154" s="114"/>
+      <c r="K154" s="114"/>
+      <c r="L154" s="114"/>
+      <c r="M154" s="114"/>
+      <c r="N154" s="115"/>
+    </row>
+    <row r="155" spans="1:14">
+      <c r="A155" s="113"/>
+      <c r="B155" s="114"/>
+      <c r="C155" s="114"/>
+      <c r="D155" s="114"/>
+      <c r="E155" s="114"/>
+      <c r="F155" s="114"/>
+      <c r="G155" s="114"/>
+      <c r="H155" s="114"/>
+      <c r="I155" s="114"/>
+      <c r="J155" s="114"/>
+      <c r="K155" s="114"/>
+      <c r="L155" s="114"/>
+      <c r="M155" s="114"/>
+      <c r="N155" s="115"/>
+    </row>
+    <row r="156" spans="1:14">
+      <c r="A156" s="113"/>
+      <c r="B156" s="114"/>
+      <c r="C156" s="114"/>
+      <c r="D156" s="114"/>
+      <c r="E156" s="114"/>
+      <c r="F156" s="114"/>
+      <c r="G156" s="114"/>
+      <c r="H156" s="114"/>
+      <c r="I156" s="114"/>
+      <c r="J156" s="114"/>
+      <c r="K156" s="114"/>
+      <c r="L156" s="114"/>
+      <c r="M156" s="114"/>
+      <c r="N156" s="115"/>
+    </row>
+    <row r="157" spans="1:14">
+      <c r="A157" s="113"/>
+      <c r="B157" s="114"/>
+      <c r="C157" s="114"/>
+      <c r="D157" s="114"/>
+      <c r="E157" s="114"/>
+      <c r="F157" s="114"/>
+      <c r="G157" s="114"/>
+      <c r="H157" s="114"/>
+      <c r="I157" s="114"/>
+      <c r="J157" s="114"/>
+      <c r="K157" s="114"/>
+      <c r="L157" s="114"/>
+      <c r="M157" s="114"/>
+      <c r="N157" s="115"/>
+    </row>
+    <row r="158" spans="1:14">
+      <c r="A158" s="113"/>
+      <c r="B158" s="114"/>
+      <c r="C158" s="114"/>
+      <c r="D158" s="114"/>
+      <c r="E158" s="114"/>
+      <c r="F158" s="114"/>
+      <c r="G158" s="114"/>
+      <c r="H158" s="114"/>
+      <c r="I158" s="114"/>
+      <c r="J158" s="114"/>
+      <c r="K158" s="114"/>
+      <c r="L158" s="114"/>
+      <c r="M158" s="114"/>
+      <c r="N158" s="115"/>
+    </row>
+    <row r="159" spans="1:14">
+      <c r="A159" s="113"/>
+      <c r="B159" s="114"/>
+      <c r="C159" s="114"/>
+      <c r="D159" s="114"/>
+      <c r="E159" s="114"/>
+      <c r="F159" s="114"/>
+      <c r="G159" s="114"/>
+      <c r="H159" s="114"/>
+      <c r="I159" s="114"/>
+      <c r="J159" s="114"/>
+      <c r="K159" s="114"/>
+      <c r="L159" s="114"/>
+      <c r="M159" s="114"/>
+      <c r="N159" s="115"/>
+    </row>
+    <row r="160" spans="1:14">
+      <c r="A160" s="113"/>
+      <c r="B160" s="114"/>
+      <c r="C160" s="114"/>
+      <c r="D160" s="114"/>
+      <c r="E160" s="114"/>
+      <c r="F160" s="114"/>
+      <c r="G160" s="114"/>
+      <c r="H160" s="114"/>
+      <c r="I160" s="114"/>
+      <c r="J160" s="114"/>
+      <c r="K160" s="114"/>
+      <c r="L160" s="114"/>
+      <c r="M160" s="114"/>
+      <c r="N160" s="115"/>
+    </row>
+    <row r="161" spans="1:14">
+      <c r="A161" s="113"/>
+      <c r="B161" s="114"/>
+      <c r="C161" s="114"/>
+      <c r="D161" s="114"/>
+      <c r="E161" s="114"/>
+      <c r="F161" s="114"/>
+      <c r="G161" s="114"/>
+      <c r="H161" s="114"/>
+      <c r="I161" s="114"/>
+      <c r="J161" s="114"/>
+      <c r="K161" s="114"/>
+      <c r="L161" s="114"/>
+      <c r="M161" s="114"/>
+      <c r="N161" s="115"/>
+    </row>
+    <row r="162" spans="1:14">
+      <c r="A162" s="113"/>
+      <c r="B162" s="114"/>
+      <c r="C162" s="114"/>
+      <c r="D162" s="114"/>
+      <c r="E162" s="114"/>
+      <c r="F162" s="114"/>
+      <c r="G162" s="114"/>
+      <c r="H162" s="114"/>
+      <c r="I162" s="114"/>
+      <c r="J162" s="114"/>
+      <c r="K162" s="114"/>
+      <c r="L162" s="114"/>
+      <c r="M162" s="114"/>
+      <c r="N162" s="115"/>
+    </row>
+    <row r="163" spans="1:14">
+      <c r="A163" s="113"/>
+      <c r="B163" s="114"/>
+      <c r="C163" s="114"/>
+      <c r="D163" s="114"/>
+      <c r="E163" s="114"/>
+      <c r="F163" s="114"/>
+      <c r="G163" s="114"/>
+      <c r="H163" s="114"/>
+      <c r="I163" s="114"/>
+      <c r="J163" s="114"/>
+      <c r="K163" s="114"/>
+      <c r="L163" s="114"/>
+      <c r="M163" s="114"/>
+      <c r="N163" s="115"/>
+    </row>
+    <row r="164" spans="1:14">
+      <c r="A164" s="113"/>
+      <c r="B164" s="114"/>
+      <c r="C164" s="114"/>
+      <c r="D164" s="114"/>
+      <c r="E164" s="114"/>
+      <c r="F164" s="114"/>
+      <c r="G164" s="114"/>
+      <c r="H164" s="114"/>
+      <c r="I164" s="114"/>
+      <c r="J164" s="114"/>
+      <c r="K164" s="114"/>
+      <c r="L164" s="114"/>
+      <c r="M164" s="114"/>
+      <c r="N164" s="115"/>
+    </row>
+    <row r="165" spans="1:14">
+      <c r="A165" s="113"/>
+      <c r="B165" s="114"/>
+      <c r="C165" s="114"/>
+      <c r="D165" s="114"/>
+      <c r="E165" s="114"/>
+      <c r="F165" s="114"/>
+      <c r="G165" s="114"/>
+      <c r="H165" s="114"/>
+      <c r="I165" s="114"/>
+      <c r="J165" s="114"/>
+      <c r="K165" s="114"/>
+      <c r="L165" s="114"/>
+      <c r="M165" s="114"/>
+      <c r="N165" s="115"/>
+    </row>
+    <row r="166" spans="1:14">
+      <c r="A166" s="113"/>
+      <c r="B166" s="114"/>
+      <c r="C166" s="114"/>
+      <c r="D166" s="114"/>
+      <c r="E166" s="114"/>
+      <c r="F166" s="114"/>
+      <c r="G166" s="114"/>
+      <c r="H166" s="114"/>
+      <c r="I166" s="114"/>
+      <c r="J166" s="114"/>
+      <c r="K166" s="114"/>
+      <c r="L166" s="114"/>
+      <c r="M166" s="114"/>
+      <c r="N166" s="115"/>
+    </row>
+    <row r="167" spans="1:14">
+      <c r="A167" s="113"/>
+      <c r="B167" s="114"/>
+      <c r="C167" s="114"/>
+      <c r="D167" s="114"/>
+      <c r="E167" s="114"/>
+      <c r="F167" s="114"/>
+      <c r="G167" s="114"/>
+      <c r="H167" s="114"/>
+      <c r="I167" s="114"/>
+      <c r="J167" s="114"/>
+      <c r="K167" s="114"/>
+      <c r="L167" s="114"/>
+      <c r="M167" s="114"/>
+      <c r="N167" s="115"/>
+    </row>
+    <row r="168" spans="1:14">
+      <c r="A168" s="113"/>
+      <c r="B168" s="114"/>
+      <c r="C168" s="114"/>
+      <c r="D168" s="114"/>
+      <c r="E168" s="114"/>
+      <c r="F168" s="114"/>
+      <c r="G168" s="114"/>
+      <c r="H168" s="114"/>
+      <c r="I168" s="114"/>
+      <c r="J168" s="114"/>
+      <c r="K168" s="114"/>
+      <c r="L168" s="114"/>
+      <c r="M168" s="114"/>
+      <c r="N168" s="115"/>
+    </row>
+    <row r="169" spans="1:14">
+      <c r="A169" s="113"/>
+      <c r="B169" s="114"/>
+      <c r="C169" s="114"/>
+      <c r="D169" s="114"/>
+      <c r="E169" s="114"/>
+      <c r="F169" s="114"/>
+      <c r="G169" s="114"/>
+      <c r="H169" s="114"/>
+      <c r="I169" s="114"/>
+      <c r="J169" s="114"/>
+      <c r="K169" s="114"/>
+      <c r="L169" s="114"/>
+      <c r="M169" s="114"/>
+      <c r="N169" s="115"/>
+    </row>
+    <row r="170" spans="1:14">
+      <c r="A170" s="113"/>
+      <c r="B170" s="114"/>
+      <c r="C170" s="114"/>
+      <c r="D170" s="114"/>
+      <c r="E170" s="114"/>
+      <c r="F170" s="114"/>
+      <c r="G170" s="114"/>
+      <c r="H170" s="114"/>
+      <c r="I170" s="114"/>
+      <c r="J170" s="114"/>
+      <c r="K170" s="114"/>
+      <c r="L170" s="114"/>
+      <c r="M170" s="114"/>
+      <c r="N170" s="115"/>
+    </row>
+    <row r="171" spans="1:14">
+      <c r="A171" s="113"/>
+      <c r="B171" s="114"/>
+      <c r="C171" s="114"/>
+      <c r="D171" s="114"/>
+      <c r="E171" s="114"/>
+      <c r="F171" s="114"/>
+      <c r="G171" s="114"/>
+      <c r="H171" s="114"/>
+      <c r="I171" s="114"/>
+      <c r="J171" s="114"/>
+      <c r="K171" s="114"/>
+      <c r="L171" s="114"/>
+      <c r="M171" s="114"/>
+      <c r="N171" s="115"/>
+    </row>
+    <row r="172" spans="1:14">
+      <c r="A172" s="113"/>
+      <c r="B172" s="114"/>
+      <c r="C172" s="114"/>
+      <c r="D172" s="114"/>
+      <c r="E172" s="114"/>
+      <c r="F172" s="114"/>
+      <c r="G172" s="114"/>
+      <c r="H172" s="114"/>
+      <c r="I172" s="114"/>
+      <c r="J172" s="114"/>
+      <c r="K172" s="114"/>
+      <c r="L172" s="114"/>
+      <c r="M172" s="114"/>
+      <c r="N172" s="115"/>
+    </row>
+    <row r="173" spans="1:14">
+      <c r="A173" s="113"/>
+      <c r="B173" s="114"/>
+      <c r="C173" s="114"/>
+      <c r="D173" s="114"/>
+      <c r="E173" s="114"/>
+      <c r="F173" s="114"/>
+      <c r="G173" s="114"/>
+      <c r="H173" s="114"/>
+      <c r="I173" s="114"/>
+      <c r="J173" s="114"/>
+      <c r="K173" s="114"/>
+      <c r="L173" s="114"/>
+      <c r="M173" s="114"/>
+      <c r="N173" s="115"/>
+    </row>
+    <row r="174" spans="1:14">
+      <c r="A174" s="113"/>
+      <c r="B174" s="114"/>
+      <c r="C174" s="114"/>
+      <c r="D174" s="114"/>
+      <c r="E174" s="114"/>
+      <c r="F174" s="114"/>
+      <c r="G174" s="114"/>
+      <c r="H174" s="114"/>
+      <c r="I174" s="114"/>
+      <c r="J174" s="114"/>
+      <c r="K174" s="114"/>
+      <c r="L174" s="114"/>
+      <c r="M174" s="114"/>
+      <c r="N174" s="115"/>
+    </row>
+    <row r="175" spans="1:14">
+      <c r="A175" s="113"/>
+      <c r="B175" s="114"/>
+      <c r="C175" s="114"/>
+      <c r="D175" s="114"/>
+      <c r="E175" s="114"/>
+      <c r="F175" s="114"/>
+      <c r="G175" s="114"/>
+      <c r="H175" s="114"/>
+      <c r="I175" s="114"/>
+      <c r="J175" s="114"/>
+      <c r="K175" s="114"/>
+      <c r="L175" s="114"/>
+      <c r="M175" s="114"/>
+      <c r="N175" s="115"/>
+    </row>
+    <row r="176" spans="1:14">
+      <c r="A176" s="113"/>
+      <c r="B176" s="114"/>
+      <c r="C176" s="114"/>
+      <c r="D176" s="114"/>
+      <c r="E176" s="114"/>
+      <c r="F176" s="114"/>
+      <c r="G176" s="114"/>
+      <c r="H176" s="114"/>
+      <c r="I176" s="114"/>
+      <c r="J176" s="114"/>
+      <c r="K176" s="114"/>
+      <c r="L176" s="114"/>
+      <c r="M176" s="114"/>
+      <c r="N176" s="115"/>
+    </row>
+    <row r="177" spans="1:14">
+      <c r="A177" s="113"/>
+      <c r="B177" s="114"/>
+      <c r="C177" s="114"/>
+      <c r="D177" s="114"/>
+      <c r="E177" s="114"/>
+      <c r="F177" s="114"/>
+      <c r="G177" s="114"/>
+      <c r="H177" s="114"/>
+      <c r="I177" s="114"/>
+      <c r="J177" s="114"/>
+      <c r="K177" s="114"/>
+      <c r="L177" s="114"/>
+      <c r="M177" s="114"/>
+      <c r="N177" s="115"/>
+    </row>
+    <row r="178" spans="1:14">
+      <c r="A178" s="113"/>
+      <c r="B178" s="114"/>
+      <c r="C178" s="114"/>
+      <c r="D178" s="114"/>
+      <c r="E178" s="114"/>
+      <c r="F178" s="114"/>
+      <c r="G178" s="114"/>
+      <c r="H178" s="114"/>
+      <c r="I178" s="114"/>
+      <c r="J178" s="114"/>
+      <c r="K178" s="114"/>
+      <c r="L178" s="114"/>
+      <c r="M178" s="114"/>
+      <c r="N178" s="115"/>
+    </row>
+    <row r="179" spans="1:14">
+      <c r="A179" s="113"/>
+      <c r="B179" s="114"/>
+      <c r="C179" s="114"/>
+      <c r="D179" s="114"/>
+      <c r="E179" s="114"/>
+      <c r="F179" s="114"/>
+      <c r="G179" s="114"/>
+      <c r="H179" s="114"/>
+      <c r="I179" s="114"/>
+      <c r="J179" s="114"/>
+      <c r="K179" s="114"/>
+      <c r="L179" s="114"/>
+      <c r="M179" s="114"/>
+      <c r="N179" s="115"/>
+    </row>
+    <row r="180" spans="1:14" ht="15.75" thickBot="1">
+      <c r="A180" s="116"/>
+      <c r="B180" s="117"/>
+      <c r="C180" s="117"/>
+      <c r="D180" s="117"/>
+      <c r="E180" s="117"/>
+      <c r="F180" s="117"/>
+      <c r="G180" s="117"/>
+      <c r="H180" s="117"/>
+      <c r="I180" s="117"/>
+      <c r="J180" s="117"/>
+      <c r="K180" s="117"/>
+      <c r="L180" s="117"/>
+      <c r="M180" s="117"/>
+      <c r="N180" s="118"/>
     </row>
   </sheetData>
   <mergeCells count="10">
+    <mergeCell ref="A1:N2"/>
+    <mergeCell ref="A3:N36"/>
+    <mergeCell ref="A37:N38"/>
+    <mergeCell ref="A39:N72"/>
+    <mergeCell ref="A73:N74"/>
     <mergeCell ref="A109:N110"/>
     <mergeCell ref="A111:N144"/>
     <mergeCell ref="A145:N146"/>
     <mergeCell ref="A147:N180"/>
     <mergeCell ref="A75:N108"/>
-    <mergeCell ref="A1:N2"/>
-[...3 lines deleted...]
-    <mergeCell ref="A73:N74"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr codeName="Planilha4">
     <tabColor theme="0"/>
   </sheetPr>
   <dimension ref="A1:N36"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A3" sqref="A3:N36"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="14" max="14" width="19.54296875" customWidth="1"/>
+    <col min="14" max="14" width="19.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="120" t="s">
+    <row r="1" spans="1:14" ht="16.5" thickTop="1" thickBot="1">
+      <c r="A1" s="122" t="s">
         <v>17</v>
       </c>
-      <c r="B1" s="120"/>
-[...30 lines deleted...]
-      <c r="A3" s="108" t="s">
+      <c r="B1" s="122"/>
+      <c r="C1" s="122"/>
+      <c r="D1" s="122"/>
+      <c r="E1" s="122"/>
+      <c r="F1" s="122"/>
+      <c r="G1" s="122"/>
+      <c r="H1" s="122"/>
+      <c r="I1" s="122"/>
+      <c r="J1" s="122"/>
+      <c r="K1" s="122"/>
+      <c r="L1" s="122"/>
+      <c r="M1" s="122"/>
+      <c r="N1" s="122"/>
+    </row>
+    <row r="2" spans="1:14" ht="16.5" thickTop="1" thickBot="1">
+      <c r="A2" s="120"/>
+      <c r="B2" s="120"/>
+      <c r="C2" s="120"/>
+      <c r="D2" s="120"/>
+      <c r="E2" s="120"/>
+      <c r="F2" s="120"/>
+      <c r="G2" s="120"/>
+      <c r="H2" s="120"/>
+      <c r="I2" s="120"/>
+      <c r="J2" s="120"/>
+      <c r="K2" s="120"/>
+      <c r="L2" s="120"/>
+      <c r="M2" s="120"/>
+      <c r="N2" s="120"/>
+    </row>
+    <row r="3" spans="1:14" ht="15.6" customHeight="1">
+      <c r="A3" s="110" t="s">
         <v>119</v>
       </c>
-      <c r="B3" s="109"/>
-[...539 lines deleted...]
-      <c r="N36" s="116"/>
+      <c r="B3" s="111"/>
+      <c r="C3" s="111"/>
+      <c r="D3" s="111"/>
+      <c r="E3" s="111"/>
+      <c r="F3" s="111"/>
+      <c r="G3" s="111"/>
+      <c r="H3" s="111"/>
+      <c r="I3" s="111"/>
+      <c r="J3" s="111"/>
+      <c r="K3" s="111"/>
+      <c r="L3" s="111"/>
+      <c r="M3" s="111"/>
+      <c r="N3" s="112"/>
+    </row>
+    <row r="4" spans="1:14">
+      <c r="A4" s="113"/>
+      <c r="B4" s="114"/>
+      <c r="C4" s="114"/>
+      <c r="D4" s="114"/>
+      <c r="E4" s="114"/>
+      <c r="F4" s="114"/>
+      <c r="G4" s="114"/>
+      <c r="H4" s="114"/>
+      <c r="I4" s="114"/>
+      <c r="J4" s="114"/>
+      <c r="K4" s="114"/>
+      <c r="L4" s="114"/>
+      <c r="M4" s="114"/>
+      <c r="N4" s="115"/>
+    </row>
+    <row r="5" spans="1:14">
+      <c r="A5" s="113"/>
+      <c r="B5" s="114"/>
+      <c r="C5" s="114"/>
+      <c r="D5" s="114"/>
+      <c r="E5" s="114"/>
+      <c r="F5" s="114"/>
+      <c r="G5" s="114"/>
+      <c r="H5" s="114"/>
+      <c r="I5" s="114"/>
+      <c r="J5" s="114"/>
+      <c r="K5" s="114"/>
+      <c r="L5" s="114"/>
+      <c r="M5" s="114"/>
+      <c r="N5" s="115"/>
+    </row>
+    <row r="6" spans="1:14">
+      <c r="A6" s="113"/>
+      <c r="B6" s="114"/>
+      <c r="C6" s="114"/>
+      <c r="D6" s="114"/>
+      <c r="E6" s="114"/>
+      <c r="F6" s="114"/>
+      <c r="G6" s="114"/>
+      <c r="H6" s="114"/>
+      <c r="I6" s="114"/>
+      <c r="J6" s="114"/>
+      <c r="K6" s="114"/>
+      <c r="L6" s="114"/>
+      <c r="M6" s="114"/>
+      <c r="N6" s="115"/>
+    </row>
+    <row r="7" spans="1:14">
+      <c r="A7" s="113"/>
+      <c r="B7" s="114"/>
+      <c r="C7" s="114"/>
+      <c r="D7" s="114"/>
+      <c r="E7" s="114"/>
+      <c r="F7" s="114"/>
+      <c r="G7" s="114"/>
+      <c r="H7" s="114"/>
+      <c r="I7" s="114"/>
+      <c r="J7" s="114"/>
+      <c r="K7" s="114"/>
+      <c r="L7" s="114"/>
+      <c r="M7" s="114"/>
+      <c r="N7" s="115"/>
+    </row>
+    <row r="8" spans="1:14">
+      <c r="A8" s="113"/>
+      <c r="B8" s="114"/>
+      <c r="C8" s="114"/>
+      <c r="D8" s="114"/>
+      <c r="E8" s="114"/>
+      <c r="F8" s="114"/>
+      <c r="G8" s="114"/>
+      <c r="H8" s="114"/>
+      <c r="I8" s="114"/>
+      <c r="J8" s="114"/>
+      <c r="K8" s="114"/>
+      <c r="L8" s="114"/>
+      <c r="M8" s="114"/>
+      <c r="N8" s="115"/>
+    </row>
+    <row r="9" spans="1:14">
+      <c r="A9" s="113"/>
+      <c r="B9" s="114"/>
+      <c r="C9" s="114"/>
+      <c r="D9" s="114"/>
+      <c r="E9" s="114"/>
+      <c r="F9" s="114"/>
+      <c r="G9" s="114"/>
+      <c r="H9" s="114"/>
+      <c r="I9" s="114"/>
+      <c r="J9" s="114"/>
+      <c r="K9" s="114"/>
+      <c r="L9" s="114"/>
+      <c r="M9" s="114"/>
+      <c r="N9" s="115"/>
+    </row>
+    <row r="10" spans="1:14">
+      <c r="A10" s="113"/>
+      <c r="B10" s="114"/>
+      <c r="C10" s="114"/>
+      <c r="D10" s="114"/>
+      <c r="E10" s="114"/>
+      <c r="F10" s="114"/>
+      <c r="G10" s="114"/>
+      <c r="H10" s="114"/>
+      <c r="I10" s="114"/>
+      <c r="J10" s="114"/>
+      <c r="K10" s="114"/>
+      <c r="L10" s="114"/>
+      <c r="M10" s="114"/>
+      <c r="N10" s="115"/>
+    </row>
+    <row r="11" spans="1:14">
+      <c r="A11" s="113"/>
+      <c r="B11" s="114"/>
+      <c r="C11" s="114"/>
+      <c r="D11" s="114"/>
+      <c r="E11" s="114"/>
+      <c r="F11" s="114"/>
+      <c r="G11" s="114"/>
+      <c r="H11" s="114"/>
+      <c r="I11" s="114"/>
+      <c r="J11" s="114"/>
+      <c r="K11" s="114"/>
+      <c r="L11" s="114"/>
+      <c r="M11" s="114"/>
+      <c r="N11" s="115"/>
+    </row>
+    <row r="12" spans="1:14">
+      <c r="A12" s="113"/>
+      <c r="B12" s="114"/>
+      <c r="C12" s="114"/>
+      <c r="D12" s="114"/>
+      <c r="E12" s="114"/>
+      <c r="F12" s="114"/>
+      <c r="G12" s="114"/>
+      <c r="H12" s="114"/>
+      <c r="I12" s="114"/>
+      <c r="J12" s="114"/>
+      <c r="K12" s="114"/>
+      <c r="L12" s="114"/>
+      <c r="M12" s="114"/>
+      <c r="N12" s="115"/>
+    </row>
+    <row r="13" spans="1:14">
+      <c r="A13" s="113"/>
+      <c r="B13" s="114"/>
+      <c r="C13" s="114"/>
+      <c r="D13" s="114"/>
+      <c r="E13" s="114"/>
+      <c r="F13" s="114"/>
+      <c r="G13" s="114"/>
+      <c r="H13" s="114"/>
+      <c r="I13" s="114"/>
+      <c r="J13" s="114"/>
+      <c r="K13" s="114"/>
+      <c r="L13" s="114"/>
+      <c r="M13" s="114"/>
+      <c r="N13" s="115"/>
+    </row>
+    <row r="14" spans="1:14">
+      <c r="A14" s="113"/>
+      <c r="B14" s="114"/>
+      <c r="C14" s="114"/>
+      <c r="D14" s="114"/>
+      <c r="E14" s="114"/>
+      <c r="F14" s="114"/>
+      <c r="G14" s="114"/>
+      <c r="H14" s="114"/>
+      <c r="I14" s="114"/>
+      <c r="J14" s="114"/>
+      <c r="K14" s="114"/>
+      <c r="L14" s="114"/>
+      <c r="M14" s="114"/>
+      <c r="N14" s="115"/>
+    </row>
+    <row r="15" spans="1:14">
+      <c r="A15" s="113"/>
+      <c r="B15" s="114"/>
+      <c r="C15" s="114"/>
+      <c r="D15" s="114"/>
+      <c r="E15" s="114"/>
+      <c r="F15" s="114"/>
+      <c r="G15" s="114"/>
+      <c r="H15" s="114"/>
+      <c r="I15" s="114"/>
+      <c r="J15" s="114"/>
+      <c r="K15" s="114"/>
+      <c r="L15" s="114"/>
+      <c r="M15" s="114"/>
+      <c r="N15" s="115"/>
+    </row>
+    <row r="16" spans="1:14">
+      <c r="A16" s="113"/>
+      <c r="B16" s="114"/>
+      <c r="C16" s="114"/>
+      <c r="D16" s="114"/>
+      <c r="E16" s="114"/>
+      <c r="F16" s="114"/>
+      <c r="G16" s="114"/>
+      <c r="H16" s="114"/>
+      <c r="I16" s="114"/>
+      <c r="J16" s="114"/>
+      <c r="K16" s="114"/>
+      <c r="L16" s="114"/>
+      <c r="M16" s="114"/>
+      <c r="N16" s="115"/>
+    </row>
+    <row r="17" spans="1:14">
+      <c r="A17" s="113"/>
+      <c r="B17" s="114"/>
+      <c r="C17" s="114"/>
+      <c r="D17" s="114"/>
+      <c r="E17" s="114"/>
+      <c r="F17" s="114"/>
+      <c r="G17" s="114"/>
+      <c r="H17" s="114"/>
+      <c r="I17" s="114"/>
+      <c r="J17" s="114"/>
+      <c r="K17" s="114"/>
+      <c r="L17" s="114"/>
+      <c r="M17" s="114"/>
+      <c r="N17" s="115"/>
+    </row>
+    <row r="18" spans="1:14">
+      <c r="A18" s="113"/>
+      <c r="B18" s="114"/>
+      <c r="C18" s="114"/>
+      <c r="D18" s="114"/>
+      <c r="E18" s="114"/>
+      <c r="F18" s="114"/>
+      <c r="G18" s="114"/>
+      <c r="H18" s="114"/>
+      <c r="I18" s="114"/>
+      <c r="J18" s="114"/>
+      <c r="K18" s="114"/>
+      <c r="L18" s="114"/>
+      <c r="M18" s="114"/>
+      <c r="N18" s="115"/>
+    </row>
+    <row r="19" spans="1:14">
+      <c r="A19" s="113"/>
+      <c r="B19" s="114"/>
+      <c r="C19" s="114"/>
+      <c r="D19" s="114"/>
+      <c r="E19" s="114"/>
+      <c r="F19" s="114"/>
+      <c r="G19" s="114"/>
+      <c r="H19" s="114"/>
+      <c r="I19" s="114"/>
+      <c r="J19" s="114"/>
+      <c r="K19" s="114"/>
+      <c r="L19" s="114"/>
+      <c r="M19" s="114"/>
+      <c r="N19" s="115"/>
+    </row>
+    <row r="20" spans="1:14">
+      <c r="A20" s="113"/>
+      <c r="B20" s="114"/>
+      <c r="C20" s="114"/>
+      <c r="D20" s="114"/>
+      <c r="E20" s="114"/>
+      <c r="F20" s="114"/>
+      <c r="G20" s="114"/>
+      <c r="H20" s="114"/>
+      <c r="I20" s="114"/>
+      <c r="J20" s="114"/>
+      <c r="K20" s="114"/>
+      <c r="L20" s="114"/>
+      <c r="M20" s="114"/>
+      <c r="N20" s="115"/>
+    </row>
+    <row r="21" spans="1:14">
+      <c r="A21" s="113"/>
+      <c r="B21" s="114"/>
+      <c r="C21" s="114"/>
+      <c r="D21" s="114"/>
+      <c r="E21" s="114"/>
+      <c r="F21" s="114"/>
+      <c r="G21" s="114"/>
+      <c r="H21" s="114"/>
+      <c r="I21" s="114"/>
+      <c r="J21" s="114"/>
+      <c r="K21" s="114"/>
+      <c r="L21" s="114"/>
+      <c r="M21" s="114"/>
+      <c r="N21" s="115"/>
+    </row>
+    <row r="22" spans="1:14">
+      <c r="A22" s="113"/>
+      <c r="B22" s="114"/>
+      <c r="C22" s="114"/>
+      <c r="D22" s="114"/>
+      <c r="E22" s="114"/>
+      <c r="F22" s="114"/>
+      <c r="G22" s="114"/>
+      <c r="H22" s="114"/>
+      <c r="I22" s="114"/>
+      <c r="J22" s="114"/>
+      <c r="K22" s="114"/>
+      <c r="L22" s="114"/>
+      <c r="M22" s="114"/>
+      <c r="N22" s="115"/>
+    </row>
+    <row r="23" spans="1:14">
+      <c r="A23" s="113"/>
+      <c r="B23" s="114"/>
+      <c r="C23" s="114"/>
+      <c r="D23" s="114"/>
+      <c r="E23" s="114"/>
+      <c r="F23" s="114"/>
+      <c r="G23" s="114"/>
+      <c r="H23" s="114"/>
+      <c r="I23" s="114"/>
+      <c r="J23" s="114"/>
+      <c r="K23" s="114"/>
+      <c r="L23" s="114"/>
+      <c r="M23" s="114"/>
+      <c r="N23" s="115"/>
+    </row>
+    <row r="24" spans="1:14">
+      <c r="A24" s="113"/>
+      <c r="B24" s="114"/>
+      <c r="C24" s="114"/>
+      <c r="D24" s="114"/>
+      <c r="E24" s="114"/>
+      <c r="F24" s="114"/>
+      <c r="G24" s="114"/>
+      <c r="H24" s="114"/>
+      <c r="I24" s="114"/>
+      <c r="J24" s="114"/>
+      <c r="K24" s="114"/>
+      <c r="L24" s="114"/>
+      <c r="M24" s="114"/>
+      <c r="N24" s="115"/>
+    </row>
+    <row r="25" spans="1:14">
+      <c r="A25" s="113"/>
+      <c r="B25" s="114"/>
+      <c r="C25" s="114"/>
+      <c r="D25" s="114"/>
+      <c r="E25" s="114"/>
+      <c r="F25" s="114"/>
+      <c r="G25" s="114"/>
+      <c r="H25" s="114"/>
+      <c r="I25" s="114"/>
+      <c r="J25" s="114"/>
+      <c r="K25" s="114"/>
+      <c r="L25" s="114"/>
+      <c r="M25" s="114"/>
+      <c r="N25" s="115"/>
+    </row>
+    <row r="26" spans="1:14">
+      <c r="A26" s="113"/>
+      <c r="B26" s="114"/>
+      <c r="C26" s="114"/>
+      <c r="D26" s="114"/>
+      <c r="E26" s="114"/>
+      <c r="F26" s="114"/>
+      <c r="G26" s="114"/>
+      <c r="H26" s="114"/>
+      <c r="I26" s="114"/>
+      <c r="J26" s="114"/>
+      <c r="K26" s="114"/>
+      <c r="L26" s="114"/>
+      <c r="M26" s="114"/>
+      <c r="N26" s="115"/>
+    </row>
+    <row r="27" spans="1:14">
+      <c r="A27" s="113"/>
+      <c r="B27" s="114"/>
+      <c r="C27" s="114"/>
+      <c r="D27" s="114"/>
+      <c r="E27" s="114"/>
+      <c r="F27" s="114"/>
+      <c r="G27" s="114"/>
+      <c r="H27" s="114"/>
+      <c r="I27" s="114"/>
+      <c r="J27" s="114"/>
+      <c r="K27" s="114"/>
+      <c r="L27" s="114"/>
+      <c r="M27" s="114"/>
+      <c r="N27" s="115"/>
+    </row>
+    <row r="28" spans="1:14">
+      <c r="A28" s="113"/>
+      <c r="B28" s="114"/>
+      <c r="C28" s="114"/>
+      <c r="D28" s="114"/>
+      <c r="E28" s="114"/>
+      <c r="F28" s="114"/>
+      <c r="G28" s="114"/>
+      <c r="H28" s="114"/>
+      <c r="I28" s="114"/>
+      <c r="J28" s="114"/>
+      <c r="K28" s="114"/>
+      <c r="L28" s="114"/>
+      <c r="M28" s="114"/>
+      <c r="N28" s="115"/>
+    </row>
+    <row r="29" spans="1:14">
+      <c r="A29" s="113"/>
+      <c r="B29" s="114"/>
+      <c r="C29" s="114"/>
+      <c r="D29" s="114"/>
+      <c r="E29" s="114"/>
+      <c r="F29" s="114"/>
+      <c r="G29" s="114"/>
+      <c r="H29" s="114"/>
+      <c r="I29" s="114"/>
+      <c r="J29" s="114"/>
+      <c r="K29" s="114"/>
+      <c r="L29" s="114"/>
+      <c r="M29" s="114"/>
+      <c r="N29" s="115"/>
+    </row>
+    <row r="30" spans="1:14">
+      <c r="A30" s="113"/>
+      <c r="B30" s="114"/>
+      <c r="C30" s="114"/>
+      <c r="D30" s="114"/>
+      <c r="E30" s="114"/>
+      <c r="F30" s="114"/>
+      <c r="G30" s="114"/>
+      <c r="H30" s="114"/>
+      <c r="I30" s="114"/>
+      <c r="J30" s="114"/>
+      <c r="K30" s="114"/>
+      <c r="L30" s="114"/>
+      <c r="M30" s="114"/>
+      <c r="N30" s="115"/>
+    </row>
+    <row r="31" spans="1:14">
+      <c r="A31" s="113"/>
+      <c r="B31" s="114"/>
+      <c r="C31" s="114"/>
+      <c r="D31" s="114"/>
+      <c r="E31" s="114"/>
+      <c r="F31" s="114"/>
+      <c r="G31" s="114"/>
+      <c r="H31" s="114"/>
+      <c r="I31" s="114"/>
+      <c r="J31" s="114"/>
+      <c r="K31" s="114"/>
+      <c r="L31" s="114"/>
+      <c r="M31" s="114"/>
+      <c r="N31" s="115"/>
+    </row>
+    <row r="32" spans="1:14">
+      <c r="A32" s="113"/>
+      <c r="B32" s="114"/>
+      <c r="C32" s="114"/>
+      <c r="D32" s="114"/>
+      <c r="E32" s="114"/>
+      <c r="F32" s="114"/>
+      <c r="G32" s="114"/>
+      <c r="H32" s="114"/>
+      <c r="I32" s="114"/>
+      <c r="J32" s="114"/>
+      <c r="K32" s="114"/>
+      <c r="L32" s="114"/>
+      <c r="M32" s="114"/>
+      <c r="N32" s="115"/>
+    </row>
+    <row r="33" spans="1:14">
+      <c r="A33" s="113"/>
+      <c r="B33" s="114"/>
+      <c r="C33" s="114"/>
+      <c r="D33" s="114"/>
+      <c r="E33" s="114"/>
+      <c r="F33" s="114"/>
+      <c r="G33" s="114"/>
+      <c r="H33" s="114"/>
+      <c r="I33" s="114"/>
+      <c r="J33" s="114"/>
+      <c r="K33" s="114"/>
+      <c r="L33" s="114"/>
+      <c r="M33" s="114"/>
+      <c r="N33" s="115"/>
+    </row>
+    <row r="34" spans="1:14">
+      <c r="A34" s="113"/>
+      <c r="B34" s="114"/>
+      <c r="C34" s="114"/>
+      <c r="D34" s="114"/>
+      <c r="E34" s="114"/>
+      <c r="F34" s="114"/>
+      <c r="G34" s="114"/>
+      <c r="H34" s="114"/>
+      <c r="I34" s="114"/>
+      <c r="J34" s="114"/>
+      <c r="K34" s="114"/>
+      <c r="L34" s="114"/>
+      <c r="M34" s="114"/>
+      <c r="N34" s="115"/>
+    </row>
+    <row r="35" spans="1:14">
+      <c r="A35" s="113"/>
+      <c r="B35" s="114"/>
+      <c r="C35" s="114"/>
+      <c r="D35" s="114"/>
+      <c r="E35" s="114"/>
+      <c r="F35" s="114"/>
+      <c r="G35" s="114"/>
+      <c r="H35" s="114"/>
+      <c r="I35" s="114"/>
+      <c r="J35" s="114"/>
+      <c r="K35" s="114"/>
+      <c r="L35" s="114"/>
+      <c r="M35" s="114"/>
+      <c r="N35" s="115"/>
+    </row>
+    <row r="36" spans="1:14" ht="15.75" thickBot="1">
+      <c r="A36" s="116"/>
+      <c r="B36" s="117"/>
+      <c r="C36" s="117"/>
+      <c r="D36" s="117"/>
+      <c r="E36" s="117"/>
+      <c r="F36" s="117"/>
+      <c r="G36" s="117"/>
+      <c r="H36" s="117"/>
+      <c r="I36" s="117"/>
+      <c r="J36" s="117"/>
+      <c r="K36" s="117"/>
+      <c r="L36" s="117"/>
+      <c r="M36" s="117"/>
+      <c r="N36" s="118"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:N2"/>
     <mergeCell ref="A3:N36"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="4294967293" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AEBFE198-7F2A-4558-94EF-07BFD09415EF}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:C79"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B6" sqref="B6"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="I26" sqref="I26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="17.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="18"/>
   <cols>
-    <col min="1" max="1" width="117.453125" style="29" customWidth="1"/>
-    <col min="2" max="2" width="17.1796875" style="28" customWidth="1"/>
+    <col min="1" max="1" width="117.42578125" style="29" customWidth="1"/>
+    <col min="2" max="2" width="17.140625" style="28" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:3" ht="30" customHeight="1" thickBot="1">
       <c r="A1" s="23" t="str">
         <f>COMISSÃO!A11</f>
         <v>&lt; PREENCHER COM O NOME DO CURSO &gt;</v>
       </c>
       <c r="B1" s="21" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="2" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="2" spans="1:3" ht="30" customHeight="1" thickBot="1">
       <c r="A2" s="21" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="26">
         <f>B7</f>
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:3" ht="30" customHeight="1" thickBot="1">
       <c r="A3" s="21" t="s">
         <v>55</v>
       </c>
       <c r="B3" s="26">
         <f>'CORPO DOCENTE E TUTORIAL'!B7</f>
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="1:3" ht="30" customHeight="1" thickBot="1">
       <c r="A4" s="21" t="s">
         <v>19</v>
       </c>
       <c r="B4" s="26">
         <f>INFRAESTRUTURA!B7</f>
         <v>1</v>
       </c>
     </row>
-    <row r="5" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:3" ht="30" customHeight="1" thickBot="1">
       <c r="A5" s="24" t="s">
         <v>65</v>
       </c>
       <c r="B5" s="32">
         <f>'CONSIDERAÇÕES FINAIS'!B5</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:3" ht="30" customHeight="1" thickBot="1">
       <c r="A6" s="24" t="s">
         <v>66</v>
       </c>
       <c r="B6" s="33">
         <f>'CONSIDERAÇÕES FINAIS'!B6</f>
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:3" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="7" spans="1:3" ht="30" customHeight="1" thickBot="1">
       <c r="A7" s="22" t="s">
         <v>49</v>
       </c>
       <c r="B7" s="26">
         <f>AVERAGEIF(B8:B79,"&lt;&gt;0")</f>
         <v>1</v>
       </c>
     </row>
-    <row r="8" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:3" ht="15" customHeight="1">
       <c r="A8" s="38" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="121">
+      <c r="B8" s="123">
         <v>1</v>
       </c>
       <c r="C8" s="30"/>
     </row>
-    <row r="9" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:3" ht="15" customHeight="1">
       <c r="A9" s="34" t="s">
         <v>50</v>
       </c>
-      <c r="B9" s="122"/>
+      <c r="B9" s="124"/>
       <c r="C9" s="30"/>
     </row>
-    <row r="10" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="10" spans="1:3" ht="15.75" thickBot="1">
       <c r="A10" s="35"/>
-      <c r="B10" s="122"/>
+      <c r="B10" s="124"/>
       <c r="C10" s="30"/>
     </row>
-    <row r="11" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:3" ht="15" customHeight="1">
       <c r="A11" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="121">
+      <c r="B11" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="12" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:3" ht="15" customHeight="1">
       <c r="A12" s="34" t="s">
         <v>50</v>
       </c>
-      <c r="B12" s="122"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="124"/>
+    </row>
+    <row r="13" spans="1:3" ht="15.75" thickBot="1">
       <c r="A13" s="35"/>
-      <c r="B13" s="123"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B13" s="125"/>
+    </row>
+    <row r="14" spans="1:3" ht="15" customHeight="1">
       <c r="A14" s="38" t="s">
         <v>28</v>
       </c>
-      <c r="B14" s="121">
+      <c r="B14" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="15" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:3" ht="15" customHeight="1">
       <c r="A15" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B15" s="122"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:3" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B15" s="124"/>
+    </row>
+    <row r="16" spans="1:3" ht="15.75" thickBot="1">
       <c r="A16" s="37"/>
-      <c r="B16" s="123"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:2" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B16" s="125"/>
+    </row>
+    <row r="17" spans="1:2" ht="45" customHeight="1">
       <c r="A17" s="39" t="s">
         <v>67</v>
       </c>
-      <c r="B17" s="121">
+      <c r="B17" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="18" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:2" ht="15" customHeight="1">
       <c r="A18" s="34" t="s">
         <v>50</v>
       </c>
-      <c r="B18" s="122"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B18" s="124"/>
+    </row>
+    <row r="19" spans="1:2" ht="15.75" thickBot="1">
       <c r="A19" s="37"/>
-      <c r="B19" s="123"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B19" s="125"/>
+    </row>
+    <row r="20" spans="1:2" ht="15" customHeight="1">
       <c r="A20" s="38" t="s">
         <v>29</v>
       </c>
-      <c r="B20" s="121">
+      <c r="B20" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="21" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:2" ht="15" customHeight="1">
       <c r="A21" s="34" t="s">
         <v>50</v>
       </c>
-      <c r="B21" s="122"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B21" s="124"/>
+    </row>
+    <row r="22" spans="1:2" ht="15.75" thickBot="1">
       <c r="A22" s="37"/>
-      <c r="B22" s="123"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B22" s="125"/>
+    </row>
+    <row r="23" spans="1:2" ht="15" customHeight="1">
       <c r="A23" s="38" t="s">
         <v>30</v>
       </c>
-      <c r="B23" s="121">
+      <c r="B23" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="24" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:2" ht="15" customHeight="1">
       <c r="A24" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B24" s="122"/>
-[...1 lines deleted...]
-    <row r="25" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B24" s="124"/>
+    </row>
+    <row r="25" spans="1:2" ht="15.75" thickBot="1">
       <c r="A25" s="37"/>
-      <c r="B25" s="123"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:2" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B25" s="125"/>
+    </row>
+    <row r="26" spans="1:2" ht="45" customHeight="1">
       <c r="A26" s="39" t="s">
         <v>68</v>
       </c>
-      <c r="B26" s="121">
+      <c r="B26" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="27" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:2" ht="15" customHeight="1">
       <c r="A27" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B27" s="122"/>
-[...1 lines deleted...]
-    <row r="28" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B27" s="124"/>
+    </row>
+    <row r="28" spans="1:2" ht="15.75" thickBot="1">
       <c r="A28" s="37"/>
-      <c r="B28" s="123"/>
-[...1 lines deleted...]
-    <row r="29" spans="1:2" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B28" s="125"/>
+    </row>
+    <row r="29" spans="1:2" ht="30" customHeight="1">
       <c r="A29" s="39" t="s">
         <v>69</v>
       </c>
-      <c r="B29" s="121">
+      <c r="B29" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="30" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:2" ht="15" customHeight="1">
       <c r="A30" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B30" s="122"/>
-[...1 lines deleted...]
-    <row r="31" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B30" s="124"/>
+    </row>
+    <row r="31" spans="1:2" ht="15.75" thickBot="1">
       <c r="A31" s="37"/>
-      <c r="B31" s="123"/>
-[...1 lines deleted...]
-    <row r="32" spans="1:2" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B31" s="125"/>
+    </row>
+    <row r="32" spans="1:2" ht="30" customHeight="1">
       <c r="A32" s="39" t="s">
         <v>70</v>
       </c>
-      <c r="B32" s="121">
+      <c r="B32" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="33" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:2" ht="15" customHeight="1">
       <c r="A33" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B33" s="122"/>
-[...1 lines deleted...]
-    <row r="34" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B33" s="124"/>
+    </row>
+    <row r="34" spans="1:2" ht="15.75" thickBot="1">
       <c r="A34" s="37"/>
-      <c r="B34" s="123"/>
-[...1 lines deleted...]
-    <row r="35" spans="1:2" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B34" s="125"/>
+    </row>
+    <row r="35" spans="1:2" ht="45" customHeight="1">
       <c r="A35" s="39" t="s">
         <v>71</v>
       </c>
-      <c r="B35" s="121">
+      <c r="B35" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="36" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:2" ht="15" customHeight="1">
       <c r="A36" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B36" s="122"/>
-[...1 lines deleted...]
-    <row r="37" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B36" s="124"/>
+    </row>
+    <row r="37" spans="1:2" ht="15.75" thickBot="1">
       <c r="A37" s="37"/>
-      <c r="B37" s="123"/>
-[...1 lines deleted...]
-    <row r="38" spans="1:2" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B37" s="125"/>
+    </row>
+    <row r="38" spans="1:2" ht="45" customHeight="1">
       <c r="A38" s="39" t="s">
         <v>72</v>
       </c>
-      <c r="B38" s="121">
+      <c r="B38" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="39" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:2" ht="15" customHeight="1">
       <c r="A39" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B39" s="122"/>
-[...1 lines deleted...]
-    <row r="40" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B39" s="124"/>
+    </row>
+    <row r="40" spans="1:2" ht="15.75" thickBot="1">
       <c r="A40" s="37"/>
-      <c r="B40" s="123"/>
-[...1 lines deleted...]
-    <row r="41" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B40" s="125"/>
+    </row>
+    <row r="41" spans="1:2" ht="15" customHeight="1">
       <c r="A41" s="41" t="s">
         <v>31</v>
       </c>
-      <c r="B41" s="121">
+      <c r="B41" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="42" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:2" ht="15" customHeight="1">
       <c r="A42" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B42" s="122"/>
-[...1 lines deleted...]
-    <row r="43" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B42" s="124"/>
+    </row>
+    <row r="43" spans="1:2" ht="15.75" thickBot="1">
       <c r="A43" s="37"/>
-      <c r="B43" s="123"/>
-[...1 lines deleted...]
-    <row r="44" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B43" s="125"/>
+    </row>
+    <row r="44" spans="1:2" ht="15" customHeight="1">
       <c r="A44" s="41" t="s">
         <v>32</v>
       </c>
-      <c r="B44" s="121">
+      <c r="B44" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="45" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:2" ht="15" customHeight="1">
       <c r="A45" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B45" s="122"/>
-[...1 lines deleted...]
-    <row r="46" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B45" s="124"/>
+    </row>
+    <row r="46" spans="1:2" ht="15.75" thickBot="1">
       <c r="A46" s="37"/>
-      <c r="B46" s="123"/>
-[...1 lines deleted...]
-    <row r="47" spans="1:2" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B46" s="125"/>
+    </row>
+    <row r="47" spans="1:2" ht="45" customHeight="1">
       <c r="A47" s="39" t="s">
         <v>73</v>
       </c>
-      <c r="B47" s="121">
+      <c r="B47" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="48" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:2" ht="15" customHeight="1">
       <c r="A48" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B48" s="122"/>
-[...1 lines deleted...]
-    <row r="49" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B48" s="124"/>
+    </row>
+    <row r="49" spans="1:2" ht="15.75" thickBot="1">
       <c r="A49" s="37"/>
-      <c r="B49" s="123"/>
-[...1 lines deleted...]
-    <row r="50" spans="1:2" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B49" s="125"/>
+    </row>
+    <row r="50" spans="1:2" ht="45" customHeight="1">
       <c r="A50" s="39" t="s">
         <v>74</v>
       </c>
-      <c r="B50" s="121">
+      <c r="B50" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="51" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:2" ht="15" customHeight="1">
       <c r="A51" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B51" s="122"/>
-[...1 lines deleted...]
-    <row r="52" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B51" s="124"/>
+    </row>
+    <row r="52" spans="1:2" ht="15.75" thickBot="1">
       <c r="A52" s="37"/>
-      <c r="B52" s="123"/>
-[...1 lines deleted...]
-    <row r="53" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B52" s="125"/>
+    </row>
+    <row r="53" spans="1:2" ht="15" customHeight="1">
       <c r="A53" s="41" t="s">
         <v>51</v>
       </c>
-      <c r="B53" s="121">
+      <c r="B53" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="54" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:2" ht="15" customHeight="1">
       <c r="A54" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B54" s="122"/>
-[...1 lines deleted...]
-    <row r="55" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B54" s="124"/>
+    </row>
+    <row r="55" spans="1:2" ht="15.75" thickBot="1">
       <c r="A55" s="37"/>
-      <c r="B55" s="123"/>
-[...1 lines deleted...]
-    <row r="56" spans="1:2" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B55" s="125"/>
+    </row>
+    <row r="56" spans="1:2" ht="45" customHeight="1">
       <c r="A56" s="39" t="s">
         <v>75</v>
       </c>
-      <c r="B56" s="121">
+      <c r="B56" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="57" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:2" ht="15" customHeight="1">
       <c r="A57" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B57" s="122"/>
-[...1 lines deleted...]
-    <row r="58" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B57" s="124"/>
+    </row>
+    <row r="58" spans="1:2" ht="15.75" thickBot="1">
       <c r="A58" s="37"/>
-      <c r="B58" s="123"/>
-[...1 lines deleted...]
-    <row r="59" spans="1:2" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B58" s="125"/>
+    </row>
+    <row r="59" spans="1:2" ht="30" customHeight="1">
       <c r="A59" s="39" t="s">
         <v>80</v>
       </c>
-      <c r="B59" s="121">
+      <c r="B59" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="60" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:2" ht="15" customHeight="1">
       <c r="A60" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B60" s="122"/>
-[...1 lines deleted...]
-    <row r="61" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B60" s="124"/>
+    </row>
+    <row r="61" spans="1:2" ht="15.75" thickBot="1">
       <c r="A61" s="37"/>
-      <c r="B61" s="123"/>
-[...1 lines deleted...]
-    <row r="62" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B61" s="125"/>
+    </row>
+    <row r="62" spans="1:2" ht="15" customHeight="1">
       <c r="A62" s="41" t="s">
         <v>52</v>
       </c>
-      <c r="B62" s="121">
+      <c r="B62" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="63" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:2" ht="15" customHeight="1">
       <c r="A63" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B63" s="122"/>
-[...1 lines deleted...]
-    <row r="64" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B63" s="124"/>
+    </row>
+    <row r="64" spans="1:2" ht="15.75" thickBot="1">
       <c r="A64" s="37"/>
-      <c r="B64" s="123"/>
-[...1 lines deleted...]
-    <row r="65" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B64" s="125"/>
+    </row>
+    <row r="65" spans="1:2" ht="15" customHeight="1">
       <c r="A65" s="41" t="s">
         <v>53</v>
       </c>
-      <c r="B65" s="121">
+      <c r="B65" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="66" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:2" ht="15" customHeight="1">
       <c r="A66" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B66" s="122"/>
-[...1 lines deleted...]
-    <row r="67" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B66" s="124"/>
+    </row>
+    <row r="67" spans="1:2" ht="15.75" thickBot="1">
       <c r="A67" s="37"/>
-      <c r="B67" s="123"/>
-[...1 lines deleted...]
-    <row r="68" spans="1:2" ht="43.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B67" s="125"/>
+    </row>
+    <row r="68" spans="1:2" ht="43.35" customHeight="1">
       <c r="A68" s="39" t="s">
         <v>76</v>
       </c>
-      <c r="B68" s="121">
+      <c r="B68" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="69" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:2" ht="15" customHeight="1">
       <c r="A69" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B69" s="122"/>
-[...1 lines deleted...]
-    <row r="70" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B69" s="124"/>
+    </row>
+    <row r="70" spans="1:2" ht="15.75" thickBot="1">
       <c r="A70" s="37"/>
-      <c r="B70" s="123"/>
-[...1 lines deleted...]
-    <row r="71" spans="1:2" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B70" s="125"/>
+    </row>
+    <row r="71" spans="1:2" ht="45" customHeight="1">
       <c r="A71" s="39" t="s">
         <v>77</v>
       </c>
-      <c r="B71" s="121">
+      <c r="B71" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="72" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:2" ht="15" customHeight="1">
       <c r="A72" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B72" s="122"/>
-[...1 lines deleted...]
-    <row r="73" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B72" s="124"/>
+    </row>
+    <row r="73" spans="1:2" ht="15.75" thickBot="1">
       <c r="A73" s="37"/>
-      <c r="B73" s="123"/>
-[...1 lines deleted...]
-    <row r="74" spans="1:2" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B73" s="125"/>
+    </row>
+    <row r="74" spans="1:2" ht="45" customHeight="1">
       <c r="A74" s="39" t="s">
         <v>78</v>
       </c>
-      <c r="B74" s="121">
+      <c r="B74" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="75" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:2" ht="15" customHeight="1">
       <c r="A75" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B75" s="122"/>
-[...1 lines deleted...]
-    <row r="76" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B75" s="124"/>
+    </row>
+    <row r="76" spans="1:2" ht="15.75" thickBot="1">
       <c r="A76" s="37"/>
-      <c r="B76" s="123"/>
-[...1 lines deleted...]
-    <row r="77" spans="1:2" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B76" s="125"/>
+    </row>
+    <row r="77" spans="1:2" ht="30" customHeight="1">
       <c r="A77" s="39" t="s">
         <v>79</v>
       </c>
-      <c r="B77" s="121">
+      <c r="B77" s="123">
         <v>1</v>
       </c>
     </row>
-    <row r="78" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:2" ht="15" customHeight="1">
       <c r="A78" s="34" t="s">
         <v>50</v>
       </c>
-      <c r="B78" s="122"/>
-[...1 lines deleted...]
-    <row r="79" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B78" s="124"/>
+    </row>
+    <row r="79" spans="1:2" ht="15.75" thickBot="1">
       <c r="A79" s="35"/>
-      <c r="B79" s="123"/>
+      <c r="B79" s="125"/>
     </row>
   </sheetData>
   <mergeCells count="24">
-    <mergeCell ref="B77:B79"/>
-[...5 lines deleted...]
-    <mergeCell ref="B74:B76"/>
+    <mergeCell ref="B8:B10"/>
+    <mergeCell ref="B11:B13"/>
+    <mergeCell ref="B14:B16"/>
+    <mergeCell ref="B17:B19"/>
+    <mergeCell ref="B20:B22"/>
     <mergeCell ref="B56:B58"/>
     <mergeCell ref="B23:B25"/>
     <mergeCell ref="B26:B28"/>
     <mergeCell ref="B29:B31"/>
     <mergeCell ref="B32:B34"/>
     <mergeCell ref="B35:B37"/>
     <mergeCell ref="B38:B40"/>
     <mergeCell ref="B53:B55"/>
     <mergeCell ref="B41:B43"/>
     <mergeCell ref="B44:B46"/>
     <mergeCell ref="B47:B49"/>
     <mergeCell ref="B50:B52"/>
-    <mergeCell ref="B8:B10"/>
-[...3 lines deleted...]
-    <mergeCell ref="B20:B22"/>
+    <mergeCell ref="B77:B79"/>
+    <mergeCell ref="B59:B61"/>
+    <mergeCell ref="B62:B64"/>
+    <mergeCell ref="B65:B67"/>
+    <mergeCell ref="B68:B70"/>
+    <mergeCell ref="B71:B73"/>
+    <mergeCell ref="B74:B76"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{438DBFDE-D9E2-4A51-9CF2-32E22647B1F8}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:B57"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A41" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="A41" workbookViewId="0">
       <selection activeCell="B55" sqref="B55:B57"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="17.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="18"/>
   <cols>
-    <col min="1" max="1" width="117.453125" style="29" customWidth="1"/>
-    <col min="2" max="2" width="17.1796875" style="28" customWidth="1"/>
+    <col min="1" max="1" width="117.42578125" style="29" customWidth="1"/>
+    <col min="2" max="2" width="17.140625" style="28" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:2" ht="30" customHeight="1" thickBot="1">
       <c r="A1" s="23" t="str">
         <f>COMISSÃO!A11</f>
         <v>&lt; PREENCHER COM O NOME DO CURSO &gt;</v>
       </c>
       <c r="B1" s="21" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="2" spans="1:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="2" spans="1:2" ht="30" customHeight="1" thickBot="1">
       <c r="A2" s="21" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="26">
         <f>'ORGANIZAÇÃO DIDÁTICO PEDAGÓGICA'!B7</f>
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:2" ht="30" customHeight="1" thickBot="1">
       <c r="A3" s="21" t="s">
         <v>55</v>
       </c>
       <c r="B3" s="26">
         <f>B7</f>
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="1:2" ht="30" customHeight="1" thickBot="1">
       <c r="A4" s="21" t="s">
         <v>19</v>
       </c>
       <c r="B4" s="26">
         <f>INFRAESTRUTURA!B7</f>
         <v>1</v>
       </c>
     </row>
-    <row r="5" spans="1:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:2" ht="30" customHeight="1" thickBot="1">
       <c r="A5" s="24" t="s">
         <v>65</v>
       </c>
       <c r="B5" s="32">
         <f>'CONSIDERAÇÕES FINAIS'!B5</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:2" ht="30" customHeight="1" thickBot="1">
       <c r="A6" s="24" t="s">
         <v>66</v>
       </c>
       <c r="B6" s="33">
         <f>'CONSIDERAÇÕES FINAIS'!B6</f>
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="7" spans="1:2" ht="30" customHeight="1" thickBot="1">
       <c r="A7" s="22" t="s">
         <v>54</v>
       </c>
       <c r="B7" s="26">
         <f>AVERAGEIF(B8:B57,"&lt;&gt;0")</f>
         <v>1</v>
       </c>
     </row>
-    <row r="8" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:2" ht="15" customHeight="1">
       <c r="A8" s="41" t="s">
         <v>56</v>
       </c>
-      <c r="B8" s="125">
+      <c r="B8" s="127">
         <v>1</v>
       </c>
     </row>
-    <row r="9" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:2" ht="15" customHeight="1">
       <c r="A9" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B9" s="125"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B9" s="127"/>
+    </row>
+    <row r="10" spans="1:2" ht="15.75" thickBot="1">
       <c r="A10" s="37"/>
-      <c r="B10" s="126"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:2" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B10" s="128"/>
+    </row>
+    <row r="11" spans="1:2" ht="45" customHeight="1">
       <c r="A11" s="39" t="s">
         <v>90</v>
       </c>
-      <c r="B11" s="124">
+      <c r="B11" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="12" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:2" ht="15" customHeight="1">
       <c r="A12" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B12" s="125"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="127"/>
+    </row>
+    <row r="13" spans="1:2" ht="15.75" thickBot="1">
       <c r="A13" s="37"/>
-      <c r="B13" s="126"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B13" s="128"/>
+    </row>
+    <row r="14" spans="1:2" ht="15" customHeight="1">
       <c r="A14" s="42" t="s">
         <v>62</v>
       </c>
-      <c r="B14" s="124">
+      <c r="B14" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="15" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:2" ht="15" customHeight="1">
       <c r="A15" s="43" t="s">
         <v>63</v>
       </c>
-      <c r="B15" s="125"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B15" s="127"/>
+    </row>
+    <row r="16" spans="1:2" ht="15" customHeight="1">
       <c r="A16" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B16" s="125"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B16" s="127"/>
+    </row>
+    <row r="17" spans="1:2" ht="15.75" thickBot="1">
       <c r="A17" s="37"/>
-      <c r="B17" s="126"/>
-[...1 lines deleted...]
-    <row r="18" spans="1:2" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B17" s="128"/>
+    </row>
+    <row r="18" spans="1:2" ht="30" customHeight="1">
       <c r="A18" s="39" t="s">
         <v>89</v>
       </c>
-      <c r="B18" s="124">
+      <c r="B18" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="19" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:2" ht="15" customHeight="1">
       <c r="A19" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B19" s="125"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B19" s="127"/>
+    </row>
+    <row r="20" spans="1:2" ht="15.75" thickBot="1">
       <c r="A20" s="37"/>
-      <c r="B20" s="126"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B20" s="128"/>
+    </row>
+    <row r="21" spans="1:2" ht="15" customHeight="1">
       <c r="A21" s="41" t="s">
         <v>33</v>
       </c>
-      <c r="B21" s="124">
+      <c r="B21" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="22" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:2" ht="15" customHeight="1">
       <c r="A22" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B22" s="125"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B22" s="127"/>
+    </row>
+    <row r="23" spans="1:2" ht="15.75" thickBot="1">
       <c r="A23" s="37"/>
-      <c r="B23" s="126"/>
-[...1 lines deleted...]
-    <row r="24" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B23" s="128"/>
+    </row>
+    <row r="24" spans="1:2" ht="15" customHeight="1">
       <c r="A24" s="42" t="s">
         <v>34</v>
       </c>
-      <c r="B24" s="124">
+      <c r="B24" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="25" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:2" ht="15" customHeight="1">
       <c r="A25" s="43" t="s">
         <v>81</v>
       </c>
-      <c r="B25" s="125"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B25" s="127"/>
+    </row>
+    <row r="26" spans="1:2" ht="15" customHeight="1">
       <c r="A26" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B26" s="125"/>
-[...1 lines deleted...]
-    <row r="27" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B26" s="127"/>
+    </row>
+    <row r="27" spans="1:2" ht="15.75" thickBot="1">
       <c r="A27" s="37"/>
-      <c r="B27" s="126"/>
-[...1 lines deleted...]
-    <row r="28" spans="1:2" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B27" s="128"/>
+    </row>
+    <row r="28" spans="1:2" ht="30" customHeight="1">
       <c r="A28" s="39" t="s">
         <v>88</v>
       </c>
-      <c r="B28" s="124">
+      <c r="B28" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="29" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:2" ht="15" customHeight="1">
       <c r="A29" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B29" s="125"/>
-[...1 lines deleted...]
-    <row r="30" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B29" s="127"/>
+    </row>
+    <row r="30" spans="1:2" ht="15.75" thickBot="1">
       <c r="A30" s="37"/>
-      <c r="B30" s="126"/>
-[...1 lines deleted...]
-    <row r="31" spans="1:2" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B30" s="128"/>
+    </row>
+    <row r="31" spans="1:2" ht="45" customHeight="1">
       <c r="A31" s="39" t="s">
         <v>87</v>
       </c>
-      <c r="B31" s="124">
+      <c r="B31" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="32" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:2" ht="15" customHeight="1">
       <c r="A32" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B32" s="125"/>
-[...1 lines deleted...]
-    <row r="33" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B32" s="127"/>
+    </row>
+    <row r="33" spans="1:2" ht="15.75" thickBot="1">
       <c r="A33" s="37"/>
-      <c r="B33" s="126"/>
-[...1 lines deleted...]
-    <row r="34" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B33" s="128"/>
+    </row>
+    <row r="34" spans="1:2" ht="15" customHeight="1">
       <c r="A34" s="40" t="s">
         <v>35</v>
       </c>
-      <c r="B34" s="124">
+      <c r="B34" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="35" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:2" ht="15" customHeight="1">
       <c r="A35" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B35" s="125"/>
-[...1 lines deleted...]
-    <row r="36" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B35" s="127"/>
+    </row>
+    <row r="36" spans="1:2" ht="15.75" thickBot="1">
       <c r="A36" s="37"/>
-      <c r="B36" s="126"/>
-[...1 lines deleted...]
-    <row r="37" spans="1:2" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B36" s="128"/>
+    </row>
+    <row r="37" spans="1:2" ht="30" customHeight="1">
       <c r="A37" s="39" t="s">
         <v>86</v>
       </c>
-      <c r="B37" s="124">
+      <c r="B37" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="38" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:2" ht="15" customHeight="1">
       <c r="A38" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B38" s="125"/>
-[...1 lines deleted...]
-    <row r="39" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B38" s="127"/>
+    </row>
+    <row r="39" spans="1:2" ht="15.75" thickBot="1">
       <c r="A39" s="37"/>
-      <c r="B39" s="126"/>
-[...1 lines deleted...]
-    <row r="40" spans="1:2" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B39" s="128"/>
+    </row>
+    <row r="40" spans="1:2" ht="30" customHeight="1">
       <c r="A40" s="44" t="s">
         <v>85</v>
       </c>
-      <c r="B40" s="124">
+      <c r="B40" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="41" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:2" ht="15" customHeight="1">
       <c r="A41" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B41" s="125"/>
-[...1 lines deleted...]
-    <row r="42" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B41" s="127"/>
+    </row>
+    <row r="42" spans="1:2" ht="15.75" thickBot="1">
       <c r="A42" s="37"/>
-      <c r="B42" s="126"/>
-[...1 lines deleted...]
-    <row r="43" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B42" s="128"/>
+    </row>
+    <row r="43" spans="1:2" ht="15" customHeight="1">
       <c r="A43" s="41" t="s">
         <v>36</v>
       </c>
-      <c r="B43" s="124">
+      <c r="B43" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="44" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:2" ht="15" customHeight="1">
       <c r="A44" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B44" s="125"/>
-[...1 lines deleted...]
-    <row r="45" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B44" s="127"/>
+    </row>
+    <row r="45" spans="1:2" ht="15.75" thickBot="1">
       <c r="A45" s="37"/>
-      <c r="B45" s="126"/>
-[...1 lines deleted...]
-    <row r="46" spans="1:2" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B45" s="128"/>
+    </row>
+    <row r="46" spans="1:2" ht="30" customHeight="1">
       <c r="A46" s="39" t="s">
         <v>84</v>
       </c>
-      <c r="B46" s="124">
+      <c r="B46" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="47" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:2" ht="15" customHeight="1">
       <c r="A47" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B47" s="125"/>
-[...1 lines deleted...]
-    <row r="48" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B47" s="127"/>
+    </row>
+    <row r="48" spans="1:2" ht="15.75" thickBot="1">
       <c r="A48" s="37"/>
-      <c r="B48" s="126"/>
-[...1 lines deleted...]
-    <row r="49" spans="1:2" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B48" s="128"/>
+    </row>
+    <row r="49" spans="1:2" ht="45" customHeight="1">
       <c r="A49" s="39" t="s">
         <v>83</v>
       </c>
-      <c r="B49" s="124">
+      <c r="B49" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="50" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:2" ht="15" customHeight="1">
       <c r="A50" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B50" s="125"/>
-[...1 lines deleted...]
-    <row r="51" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B50" s="127"/>
+    </row>
+    <row r="51" spans="1:2" ht="15.75" thickBot="1">
       <c r="A51" s="37"/>
-      <c r="B51" s="126"/>
-[...1 lines deleted...]
-    <row r="52" spans="1:2" ht="55" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B51" s="128"/>
+    </row>
+    <row r="52" spans="1:2" ht="54.95" customHeight="1">
       <c r="A52" s="39" t="s">
         <v>82</v>
       </c>
-      <c r="B52" s="124">
+      <c r="B52" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="53" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:2" ht="15" customHeight="1">
       <c r="A53" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B53" s="125"/>
-[...1 lines deleted...]
-    <row r="54" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B53" s="127"/>
+    </row>
+    <row r="54" spans="1:2" ht="15.75" thickBot="1">
       <c r="A54" s="37"/>
-      <c r="B54" s="126"/>
-[...1 lines deleted...]
-    <row r="55" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B54" s="128"/>
+    </row>
+    <row r="55" spans="1:2" ht="15" customHeight="1">
       <c r="A55" s="41" t="s">
         <v>37</v>
       </c>
-      <c r="B55" s="124">
+      <c r="B55" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="56" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:2" ht="15" customHeight="1">
       <c r="A56" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B56" s="125"/>
-[...1 lines deleted...]
-    <row r="57" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B56" s="127"/>
+    </row>
+    <row r="57" spans="1:2" ht="15.75" thickBot="1">
       <c r="A57" s="37"/>
-      <c r="B57" s="126"/>
+      <c r="B57" s="128"/>
     </row>
   </sheetData>
   <mergeCells count="16">
+    <mergeCell ref="B46:B48"/>
+    <mergeCell ref="B49:B51"/>
+    <mergeCell ref="B52:B54"/>
+    <mergeCell ref="B55:B57"/>
+    <mergeCell ref="B43:B45"/>
+    <mergeCell ref="B8:B10"/>
+    <mergeCell ref="B11:B13"/>
+    <mergeCell ref="B14:B17"/>
+    <mergeCell ref="B18:B20"/>
+    <mergeCell ref="B21:B23"/>
     <mergeCell ref="B40:B42"/>
     <mergeCell ref="B24:B27"/>
     <mergeCell ref="B28:B30"/>
     <mergeCell ref="B31:B33"/>
     <mergeCell ref="B34:B36"/>
     <mergeCell ref="B37:B39"/>
-    <mergeCell ref="B8:B10"/>
-[...8 lines deleted...]
-    <mergeCell ref="B43:B45"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B7D09C53-6795-494E-AA73-21124F752DC4}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:B61"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A47" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="A47" workbookViewId="0">
       <selection activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="17.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="18"/>
   <cols>
-    <col min="1" max="1" width="117.453125" style="29" customWidth="1"/>
-    <col min="2" max="2" width="17.1796875" style="28" customWidth="1"/>
+    <col min="1" max="1" width="117.42578125" style="29" customWidth="1"/>
+    <col min="2" max="2" width="17.140625" style="28" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:2" ht="30" customHeight="1" thickBot="1">
       <c r="A1" s="23" t="str">
         <f>COMISSÃO!A11</f>
         <v>&lt; PREENCHER COM O NOME DO CURSO &gt;</v>
       </c>
       <c r="B1" s="21" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="2" spans="1:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="2" spans="1:2" ht="30" customHeight="1" thickBot="1">
       <c r="A2" s="21" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="26">
         <f>'ORGANIZAÇÃO DIDÁTICO PEDAGÓGICA'!B7</f>
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:2" ht="30" customHeight="1" thickBot="1">
       <c r="A3" s="21" t="s">
         <v>55</v>
       </c>
       <c r="B3" s="26">
         <f>'CORPO DOCENTE E TUTORIAL'!B7</f>
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="1:2" ht="30" customHeight="1" thickBot="1">
       <c r="A4" s="21" t="s">
         <v>19</v>
       </c>
       <c r="B4" s="26">
         <f>B7</f>
         <v>1</v>
       </c>
     </row>
-    <row r="5" spans="1:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:2" ht="30" customHeight="1" thickBot="1">
       <c r="A5" s="24" t="s">
         <v>65</v>
       </c>
       <c r="B5" s="32">
         <f>'CONSIDERAÇÕES FINAIS'!B5</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:2" ht="30" customHeight="1" thickBot="1">
       <c r="A6" s="24" t="s">
         <v>66</v>
       </c>
       <c r="B6" s="33">
         <f>'CONSIDERAÇÕES FINAIS'!B6</f>
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="7" spans="1:2" ht="30" customHeight="1" thickBot="1">
       <c r="A7" s="22" t="s">
         <v>57</v>
       </c>
       <c r="B7" s="26">
         <f>AVERAGEIF(B8:B61,"&lt;&gt;0")</f>
         <v>1</v>
       </c>
     </row>
-    <row r="8" spans="1:2" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:2" ht="45" customHeight="1">
       <c r="A8" s="39" t="s">
         <v>91</v>
       </c>
-      <c r="B8" s="125">
+      <c r="B8" s="127">
         <v>1</v>
       </c>
     </row>
-    <row r="9" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:2" ht="15" customHeight="1">
       <c r="A9" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B9" s="125"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B9" s="127"/>
+    </row>
+    <row r="10" spans="1:2" ht="15.75" thickBot="1">
       <c r="A10" s="37"/>
-      <c r="B10" s="126"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B10" s="128"/>
+    </row>
+    <row r="11" spans="1:2" ht="15" customHeight="1">
       <c r="A11" s="40" t="s">
         <v>38</v>
       </c>
-      <c r="B11" s="124">
+      <c r="B11" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="12" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:2" ht="15" customHeight="1">
       <c r="A12" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B12" s="125"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="127"/>
+    </row>
+    <row r="13" spans="1:2" ht="15.75" thickBot="1">
       <c r="A13" s="37"/>
-      <c r="B13" s="126"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:2" ht="55" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B13" s="128"/>
+    </row>
+    <row r="14" spans="1:2" ht="54.95" customHeight="1">
       <c r="A14" s="39" t="s">
         <v>92</v>
       </c>
-      <c r="B14" s="124">
+      <c r="B14" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="15" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:2" ht="15" customHeight="1">
       <c r="A15" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B15" s="125"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B15" s="127"/>
+    </row>
+    <row r="16" spans="1:2" ht="15.75" thickBot="1">
       <c r="A16" s="37"/>
-      <c r="B16" s="126"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:2" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B16" s="128"/>
+    </row>
+    <row r="17" spans="1:2" ht="45" customHeight="1">
       <c r="A17" s="39" t="s">
         <v>93</v>
       </c>
-      <c r="B17" s="124">
+      <c r="B17" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="18" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:2" ht="15" customHeight="1">
       <c r="A18" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B18" s="125"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B18" s="127"/>
+    </row>
+    <row r="19" spans="1:2" ht="15.75" thickBot="1">
       <c r="A19" s="37"/>
-      <c r="B19" s="126"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:2" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B19" s="128"/>
+    </row>
+    <row r="20" spans="1:2" ht="45" customHeight="1">
       <c r="A20" s="39" t="s">
         <v>94</v>
       </c>
-      <c r="B20" s="124">
+      <c r="B20" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="21" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:2" ht="15" customHeight="1">
       <c r="A21" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B21" s="125"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B21" s="127"/>
+    </row>
+    <row r="22" spans="1:2" ht="15.75" thickBot="1">
       <c r="A22" s="37"/>
-      <c r="B22" s="126"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:2" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B22" s="128"/>
+    </row>
+    <row r="23" spans="1:2" ht="45" customHeight="1">
       <c r="A23" s="39" t="s">
         <v>95</v>
       </c>
-      <c r="B23" s="124">
+      <c r="B23" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="24" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:2" ht="15" customHeight="1">
       <c r="A24" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B24" s="125"/>
-[...1 lines deleted...]
-    <row r="25" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B24" s="127"/>
+    </row>
+    <row r="25" spans="1:2" ht="15.75" thickBot="1">
       <c r="A25" s="37"/>
-      <c r="B25" s="126"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:2" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B25" s="128"/>
+    </row>
+    <row r="26" spans="1:2" ht="45" customHeight="1">
       <c r="A26" s="39" t="s">
         <v>96</v>
       </c>
-      <c r="B26" s="124">
+      <c r="B26" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="27" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:2" ht="15" customHeight="1">
       <c r="A27" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B27" s="125"/>
-[...1 lines deleted...]
-    <row r="28" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B27" s="127"/>
+    </row>
+    <row r="28" spans="1:2" ht="15.75" thickBot="1">
       <c r="A28" s="37"/>
-      <c r="B28" s="126"/>
-[...1 lines deleted...]
-    <row r="29" spans="1:2" ht="67.5" x14ac:dyDescent="0.35">
+      <c r="B28" s="128"/>
+    </row>
+    <row r="29" spans="1:2" ht="63.75">
       <c r="A29" s="39" t="s">
         <v>97</v>
       </c>
-      <c r="B29" s="124">
+      <c r="B29" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="30" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:2" ht="15" customHeight="1">
       <c r="A30" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B30" s="125"/>
-[...1 lines deleted...]
-    <row r="31" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B30" s="127"/>
+    </row>
+    <row r="31" spans="1:2" ht="15.75" thickBot="1">
       <c r="A31" s="37"/>
-      <c r="B31" s="126"/>
-[...1 lines deleted...]
-    <row r="32" spans="1:2" ht="65.150000000000006" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B31" s="128"/>
+    </row>
+    <row r="32" spans="1:2" ht="65.099999999999994" customHeight="1">
       <c r="A32" s="39" t="s">
         <v>98</v>
       </c>
-      <c r="B32" s="124">
+      <c r="B32" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="33" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:2" ht="15" customHeight="1">
       <c r="A33" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B33" s="125"/>
-[...1 lines deleted...]
-    <row r="34" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B33" s="127"/>
+    </row>
+    <row r="34" spans="1:2" ht="15.75" thickBot="1">
       <c r="A34" s="37"/>
-      <c r="B34" s="126"/>
-[...1 lines deleted...]
-    <row r="35" spans="1:2" ht="27" x14ac:dyDescent="0.35">
+      <c r="B34" s="128"/>
+    </row>
+    <row r="35" spans="1:2" ht="38.25">
       <c r="A35" s="39" t="s">
         <v>99</v>
       </c>
-      <c r="B35" s="124">
+      <c r="B35" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="36" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:2" ht="15" customHeight="1">
       <c r="A36" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B36" s="125"/>
-[...1 lines deleted...]
-    <row r="37" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B36" s="127"/>
+    </row>
+    <row r="37" spans="1:2" ht="15.75" thickBot="1">
       <c r="A37" s="37"/>
-      <c r="B37" s="126"/>
-[...1 lines deleted...]
-    <row r="38" spans="1:2" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B37" s="128"/>
+    </row>
+    <row r="38" spans="1:2" ht="30" customHeight="1">
       <c r="A38" s="44" t="s">
         <v>100</v>
       </c>
-      <c r="B38" s="124">
+      <c r="B38" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="39" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:2" ht="15" customHeight="1">
       <c r="A39" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B39" s="125"/>
-[...1 lines deleted...]
-    <row r="40" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B39" s="127"/>
+    </row>
+    <row r="40" spans="1:2" ht="15.75" thickBot="1">
       <c r="A40" s="37"/>
-      <c r="B40" s="126"/>
-[...1 lines deleted...]
-    <row r="41" spans="1:2" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B40" s="128"/>
+    </row>
+    <row r="41" spans="1:2" ht="30" customHeight="1">
       <c r="A41" s="39" t="s">
         <v>101</v>
       </c>
-      <c r="B41" s="124">
+      <c r="B41" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="42" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:2" ht="15" customHeight="1">
       <c r="A42" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B42" s="125"/>
-[...1 lines deleted...]
-    <row r="43" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B42" s="127"/>
+    </row>
+    <row r="43" spans="1:2" ht="15.75" thickBot="1">
       <c r="A43" s="37"/>
-      <c r="B43" s="126"/>
-[...1 lines deleted...]
-    <row r="44" spans="1:2" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B43" s="128"/>
+    </row>
+    <row r="44" spans="1:2" ht="30" customHeight="1">
       <c r="A44" s="39" t="s">
         <v>102</v>
       </c>
-      <c r="B44" s="124">
+      <c r="B44" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="45" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:2" ht="15" customHeight="1">
       <c r="A45" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B45" s="125"/>
-[...1 lines deleted...]
-    <row r="46" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B45" s="127"/>
+    </row>
+    <row r="46" spans="1:2" ht="15.75" thickBot="1">
       <c r="A46" s="37"/>
-      <c r="B46" s="126"/>
-[...1 lines deleted...]
-    <row r="47" spans="1:2" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B46" s="128"/>
+    </row>
+    <row r="47" spans="1:2" ht="30" customHeight="1">
       <c r="A47" s="39" t="s">
         <v>103</v>
       </c>
-      <c r="B47" s="124">
+      <c r="B47" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="48" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:2" ht="15" customHeight="1">
       <c r="A48" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B48" s="125"/>
-[...1 lines deleted...]
-    <row r="49" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B48" s="127"/>
+    </row>
+    <row r="49" spans="1:2" ht="15.75" thickBot="1">
       <c r="A49" s="37"/>
-      <c r="B49" s="126"/>
-[...1 lines deleted...]
-    <row r="50" spans="1:2" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B49" s="128"/>
+    </row>
+    <row r="50" spans="1:2" ht="45" customHeight="1">
       <c r="A50" s="39" t="s">
         <v>105</v>
       </c>
-      <c r="B50" s="124">
+      <c r="B50" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="51" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:2" ht="15" customHeight="1">
       <c r="A51" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B51" s="125"/>
-[...1 lines deleted...]
-    <row r="52" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B51" s="127"/>
+    </row>
+    <row r="52" spans="1:2" ht="15.75" thickBot="1">
       <c r="A52" s="37"/>
-      <c r="B52" s="126"/>
-[...1 lines deleted...]
-    <row r="53" spans="1:2" ht="38.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B52" s="128"/>
+    </row>
+    <row r="53" spans="1:2" ht="38.25" customHeight="1">
       <c r="A53" s="39" t="s">
         <v>107</v>
       </c>
-      <c r="B53" s="124">
+      <c r="B53" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="54" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:2" ht="15" customHeight="1">
       <c r="A54" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B54" s="125"/>
-[...1 lines deleted...]
-    <row r="55" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B54" s="127"/>
+    </row>
+    <row r="55" spans="1:2" ht="15.75" thickBot="1">
       <c r="A55" s="37"/>
-      <c r="B55" s="126"/>
-[...1 lines deleted...]
-    <row r="56" spans="1:2" ht="39" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B55" s="128"/>
+    </row>
+    <row r="56" spans="1:2" ht="39" customHeight="1">
       <c r="A56" s="45" t="s">
         <v>106</v>
       </c>
-      <c r="B56" s="124">
+      <c r="B56" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="57" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:2" ht="15" customHeight="1">
       <c r="A57" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B57" s="125"/>
-[...1 lines deleted...]
-    <row r="58" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B57" s="127"/>
+    </row>
+    <row r="58" spans="1:2" ht="15.75" thickBot="1">
       <c r="A58" s="37"/>
-      <c r="B58" s="126"/>
-[...1 lines deleted...]
-    <row r="59" spans="1:2" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B58" s="128"/>
+    </row>
+    <row r="59" spans="1:2" ht="30" customHeight="1">
       <c r="A59" s="45" t="s">
         <v>104</v>
       </c>
-      <c r="B59" s="124">
+      <c r="B59" s="126">
         <v>1</v>
       </c>
     </row>
-    <row r="60" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:2" ht="15" customHeight="1">
       <c r="A60" s="36" t="s">
         <v>50</v>
       </c>
-      <c r="B60" s="125"/>
-[...1 lines deleted...]
-    <row r="61" spans="1:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B60" s="127"/>
+    </row>
+    <row r="61" spans="1:2" ht="15.75" thickBot="1">
       <c r="A61" s="37"/>
-      <c r="B61" s="126"/>
+      <c r="B61" s="128"/>
     </row>
   </sheetData>
   <mergeCells count="18">
-    <mergeCell ref="B23:B25"/>
-[...4 lines deleted...]
-    <mergeCell ref="B20:B22"/>
     <mergeCell ref="B59:B61"/>
     <mergeCell ref="B26:B28"/>
     <mergeCell ref="B29:B31"/>
     <mergeCell ref="B32:B34"/>
     <mergeCell ref="B35:B37"/>
     <mergeCell ref="B38:B40"/>
     <mergeCell ref="B41:B43"/>
     <mergeCell ref="B44:B46"/>
     <mergeCell ref="B47:B49"/>
     <mergeCell ref="B50:B52"/>
     <mergeCell ref="B53:B55"/>
     <mergeCell ref="B56:B58"/>
+    <mergeCell ref="B23:B25"/>
+    <mergeCell ref="B8:B10"/>
+    <mergeCell ref="B11:B13"/>
+    <mergeCell ref="B14:B16"/>
+    <mergeCell ref="B17:B19"/>
+    <mergeCell ref="B20:B22"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101008DD4B989A2C621448FB1E0E2D1636856" ma:contentTypeVersion="19" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="4f4dfdf2eafbb19955dcef317ae7ae37">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d47e2129-a805-436e-9703-ad4c35c07f7f" xmlns:ns3="186c714f-7741-4321-8017-a1b23834a9d8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ddbfc8193af99fc0399e7b3b8376ef82" ns2:_="" ns3:_="">
     <xsd:import namespace="d47e2129-a805-436e-9703-ad4c35c07f7f"/>
     <xsd:import namespace="186c714f-7741-4321-8017-a1b23834a9d8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -13074,82 +13075,73 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05577070-FB78-47DD-B395-FC97E7E54AEC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{76E2EA5F-D799-44B0-8B24-24EF022CEBC7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d47e2129-a805-436e-9703-ad4c35c07f7f"/>
     <ds:schemaRef ds:uri="186c714f-7741-4321-8017-a1b23834a9d8"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="12" baseType="lpstr">
       <vt:lpstr>ORIENTAÇÕES GERAIS</vt:lpstr>
       <vt:lpstr>COMISSÃO</vt:lpstr>
       <vt:lpstr>DADOS DA AVALIAÇÃO</vt:lpstr>
       <vt:lpstr>CONTEXTUALIZAÇÃO DA IES</vt:lpstr>